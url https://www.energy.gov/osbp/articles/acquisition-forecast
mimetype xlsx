--- v0 (2026-01-09)
+++ v1 (2026-01-30)
@@ -1,8590 +1,8416 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4C9E4792-C33D-4CCF-952B-3F2728AE32F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10874" uniqueCount="2860">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2884" uniqueCount="2884">
   <si>
     <t>DOE Acquisition Forecast Instructions</t>
   </si>
   <si>
     <t xml:space="preserve"> - DOE provides advance information on forecasted prime contracting opportunities, including the Expiring Contracts List, and subcontracting opportunities through M&amp;O and facilities management contractors.</t>
   </si>
   <si>
     <t xml:space="preserve">    The forecast includes prime contracting actions valued above $25,000.</t>
   </si>
   <si>
     <r>
       <rPr>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve"> - Small Business Program Managers Directory: </t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color rgb="FF0000FF"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t>https://www.energy.gov/osdbu/articles/small-business-program-managers-directory</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Forecasted actions may change or be cancelled, and some may not be re-competed. All information is for planning purposes only and does not constitute a pre-solicitation, invitation for bid, request for proposal, or a</t>
   </si>
   <si>
     <t xml:space="preserve"> commitment by the Government. All information is for planning purposes only and may change before release.</t>
   </si>
   <si>
     <t xml:space="preserve"> - For the most timely information on doing business with DOE and active acquisition announcements, visit:</t>
   </si>
   <si>
     <r>
       <rPr>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve">    FedConnect: </t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color rgb="FF0000FF"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t>https://www.fedconnect.net/</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve">   |   SAM.gov: </t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color rgb="FF0000FF"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t>https://sam.gov/opportunities</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - To qualify as a small business, firms must meet SBA size standards:</t>
   </si>
   <si>
     <r>
       <rPr>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve">    </t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="10"/>
+        <sz val="10.0"/>
         <color rgb="FF0000FF"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t>https://www.sba.gov/content/small-business-size-standards</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - DOE may change a requirement’s competition strategy before a solicitation is released.</t>
   </si>
   <si>
     <t xml:space="preserve"> - Advertising or marketing submissions are not permitted on this site. </t>
   </si>
   <si>
-    <t xml:space="preserve">     Report generated on: 10-Dec-2025      </t>
+    <t xml:space="preserve">     Report generated on: 14-Jan-2026      </t>
   </si>
   <si>
     <t>Performance End Date</t>
   </si>
   <si>
     <t>NAICS Code</t>
   </si>
   <si>
     <t>NAICS Description</t>
   </si>
   <si>
     <t>Program Office</t>
   </si>
   <si>
     <t>Current Incumbent</t>
   </si>
   <si>
     <t>Current Contract Number</t>
   </si>
   <si>
     <t>Acquisition Description</t>
   </si>
   <si>
     <t>Estimated Value Range</t>
   </si>
   <si>
     <t>Contracting Officers Business Size Selection</t>
   </si>
   <si>
     <t>Type of Set Aside</t>
   </si>
   <si>
     <t>Contract Type</t>
   </si>
   <si>
     <t>Principal Place of Performance State</t>
   </si>
   <si>
     <t>Small Business Program Manager</t>
   </si>
   <si>
+    <t>541519</t>
+  </si>
+  <si>
+    <t>Other Computer Related Services</t>
+  </si>
+  <si>
+    <t>National Nuclear Security Administration</t>
+  </si>
+  <si>
+    <t>AFFIGENT, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC59B / 89233125FNA400678</t>
+  </si>
+  <si>
+    <t>Extension of maintenance and support for P6 EPPM software licenses</t>
+  </si>
+  <si>
+    <t>R1 – $25K–$250K</t>
+  </si>
+  <si>
+    <t>Small Business</t>
+  </si>
+  <si>
+    <t>Small Business Set-Aside -- Total</t>
+  </si>
+  <si>
+    <t>Delivery / Task Order</t>
+  </si>
+  <si>
+    <t>DISTRICT OF COLUMBIA</t>
+  </si>
+  <si>
+    <t>gary.lyttek@nnsa.doe.gov; chelsea.murphy@nnsa.doe.gov</t>
+  </si>
+  <si>
+    <t>RADUS SOFTWARE LLC</t>
+  </si>
+  <si>
+    <t>89233121CNA000189</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide services for the Oracle Primavera P6 EPPM ISE software, hardware, and operational support within NNSA enterprise environments. The contractor shall provide any relevant documentation to support each of the activities below identified in the Performance Work Statement (PWS).</t>
+  </si>
+  <si>
+    <t>R2 – $250K–$7.5M</t>
+  </si>
+  <si>
+    <t>No set aside used.</t>
+  </si>
+  <si>
+    <t>Contract</t>
+  </si>
+  <si>
+    <t>NEW MEXICO</t>
+  </si>
+  <si>
+    <t>336211</t>
+  </si>
+  <si>
+    <t>Motor Vehicle Body Manufacturing</t>
+  </si>
+  <si>
+    <t>Western Area Power Administration</t>
+  </si>
+  <si>
+    <t>HDT HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>89503425PWA002112</t>
+  </si>
+  <si>
+    <t>Supply and Install Truck Bed</t>
+  </si>
+  <si>
+    <t>Small Business Set Aside - Total</t>
+  </si>
+  <si>
+    <t>Purchase Order</t>
+  </si>
+  <si>
+    <t>NORTH DAKOTA</t>
+  </si>
+  <si>
+    <t>mccollum@wapa.gov</t>
+  </si>
+  <si>
+    <t>336214</t>
+  </si>
+  <si>
+    <t>Travel Trailer and Camper Manufacturing</t>
+  </si>
+  <si>
+    <t>APC EQUIPMENT &amp; MANUFACTURING INC</t>
+  </si>
+  <si>
+    <t>GS-30F-0015U / 89503426FWA401811</t>
+  </si>
+  <si>
+    <t>MMO - ENCLOSED TRAILER</t>
+  </si>
+  <si>
+    <t>Unavailable</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>561110</t>
+  </si>
+  <si>
+    <t>Office Administrative Services</t>
+  </si>
+  <si>
+    <t>STRATIVIA LLC</t>
+  </si>
+  <si>
+    <t>89233121CNA000179</t>
+  </si>
+  <si>
+    <t>Administrative Support Services for the NNSA Sandia Field Office</t>
+  </si>
+  <si>
+    <t>541330</t>
+  </si>
+  <si>
+    <t>Engineering Services</t>
+  </si>
+  <si>
+    <t>Assistant Secretary for Fossil Energy</t>
+  </si>
+  <si>
+    <t>DRS ARCHITECTS INC</t>
+  </si>
+  <si>
+    <t>89243326CFE000103</t>
+  </si>
+  <si>
+    <t>**IRA FUNDED** DRS to provide design evaluations, conformed drawings, and specifications for Building 34 Advanced Alloy Signature Center project as detailed in the Statement of Work.</t>
+  </si>
+  <si>
+    <t>PENNSYLVANIA</t>
+  </si>
+  <si>
+    <t>miranda.johnson@hq.doe.gov; jennifer.scharrer@netl.doe.gov</t>
+  </si>
+  <si>
+    <t>JACOBS TECHNOLOGY INC.</t>
+  </si>
+  <si>
+    <t>89243322CFE000072</t>
+  </si>
+  <si>
+    <t>NETL Morgantown Center for Computational Science and Engineering (CSE) Design Services</t>
+  </si>
+  <si>
+    <t>WEST VIRGINIA</t>
+  </si>
+  <si>
     <t>237130</t>
   </si>
   <si>
     <t>Power and Communication Line and Related Structures Construction</t>
   </si>
   <si>
-    <t>Western Area Power Administration</t>
-[...1 lines deleted...]
-  <si>
     <t>ADDISON CONSTRUCTION CO</t>
   </si>
   <si>
-    <t>89503423CWA000068</t>
-[...14 lines deleted...]
-    <t>Contract</t>
+    <t>89503225CWA000119</t>
+  </si>
+  <si>
+    <t>Flatiron Substation 2025 Breaker Replacement with principal components of substation work to include demolition and site development, foundations and platforms for substation electrical equipment, furnish and install galvanized steel structures, install Government-furnished power circuit breakers, and furnish and install high voltage bus, grounding system, conduit, insulated cables.</t>
+  </si>
+  <si>
+    <t>COLORADO</t>
+  </si>
+  <si>
+    <t>332999</t>
+  </si>
+  <si>
+    <t>All Other Miscellaneous Fabricated Metal Product Manufacturing</t>
+  </si>
+  <si>
+    <t>ATLANTIC DIVING SUPPLY, INC.</t>
+  </si>
+  <si>
+    <t>47QSMA19D08Q1 / 89503225FWA400695</t>
+  </si>
+  <si>
+    <t>3-UTILITY TASK VEHICLES</t>
+  </si>
+  <si>
+    <t>No set aside used</t>
+  </si>
+  <si>
+    <t>VIRGINIA</t>
+  </si>
+  <si>
+    <t>335311</t>
+  </si>
+  <si>
+    <t>Power, Distribution and Specialty Transformer Manufacturing</t>
+  </si>
+  <si>
+    <t>GOCRAFTS LLC</t>
+  </si>
+  <si>
+    <t>89503425PWA002132</t>
+  </si>
+  <si>
+    <t>STATION SERVICE TRANSFORMERS - WASHBURN, KILLDEER AND SPARE</t>
+  </si>
+  <si>
+    <t>TEXAS</t>
+  </si>
+  <si>
+    <t>519130</t>
+  </si>
+  <si>
+    <t>Internet Publishing and Broadcasting and Web Search Portals</t>
+  </si>
+  <si>
+    <t>Loan Programs Office (LPO)</t>
+  </si>
+  <si>
+    <t>MOODY'S ANALYTICS, INC.</t>
+  </si>
+  <si>
+    <t>89303021CLP000009</t>
+  </si>
+  <si>
+    <t>Moody's Analytics - Moody's CreditView: Corporate - Americas - six (6) Licenses for LPO</t>
+  </si>
+  <si>
+    <t>Other Than Small Business</t>
+  </si>
+  <si>
+    <t>linda.vawter@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>Office of Science</t>
+  </si>
+  <si>
+    <t>AURORA SYSTEMS CONSULTING, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD79B / 89243125FSC400737</t>
+  </si>
+  <si>
+    <t>Tenable Security Center (formerly Tenable.sc) Maintenance Renewal</t>
+  </si>
+  <si>
+    <t>TENNESSEE</t>
+  </si>
+  <si>
+    <t>chadsey.kittock@science.doe.gov</t>
+  </si>
+  <si>
+    <t>336120</t>
+  </si>
+  <si>
+    <t>Heavy Duty Truck Manufacturing</t>
+  </si>
+  <si>
+    <t>KOIS BROTHERS EQUIPMENT CO., INC.</t>
+  </si>
+  <si>
+    <t>89503225PWA000565</t>
+  </si>
+  <si>
+    <t>2 - GOOSENECK TRUCK SERVICE BODY with install</t>
+  </si>
+  <si>
+    <t>Energy Information Administration</t>
+  </si>
+  <si>
+    <t>IHS GLOBAL INC.</t>
+  </si>
+  <si>
+    <t>89303021CEI000033</t>
+  </si>
+  <si>
+    <t>US Technical and Insight Content Bundle and Natural Gas Liquids Markets Advisory Services</t>
+  </si>
+  <si>
+    <t>timothy.butka@eia.gov</t>
+  </si>
+  <si>
+    <t>Spectrum Industries, Inc.</t>
+  </si>
+  <si>
+    <t>89503424PWA001952</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Philip North Stage 01 Power PTs </t>
+  </si>
+  <si>
+    <t>335999</t>
+  </si>
+  <si>
+    <t>All Other Miscellaneous Electrical Equipment and Component Manufacturing</t>
+  </si>
+  <si>
+    <t>ACCESS ELECTRIC SUPPLY INC</t>
+  </si>
+  <si>
+    <t>89503126PWA000872</t>
+  </si>
+  <si>
+    <t>Brand Name Siemens Circuit Breaker Replacement Parts, Western Area Power Administration, Desert Southwest Region, Phoenix</t>
+  </si>
+  <si>
+    <t>541511</t>
+  </si>
+  <si>
+    <t>Custom Computer Programming Services</t>
+  </si>
+  <si>
+    <t>Assistant Secretary for Environmental Management</t>
+  </si>
+  <si>
+    <t>DIGITAL STRATEGY LLC</t>
+  </si>
+  <si>
+    <t>89303325PEM000246</t>
+  </si>
+  <si>
+    <t>Data Analysis and Automation Support Services for DOE Environmental Management, Workforce Management Office (DOE EM-5.13).</t>
+  </si>
+  <si>
+    <t>8(a) Sole Source</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>kenneth.johnson@emcbc.doe.gov</t>
+  </si>
+  <si>
+    <t>532112</t>
+  </si>
+  <si>
+    <t>Passenger Car Leasing</t>
+  </si>
+  <si>
+    <t>Office of Management</t>
+  </si>
+  <si>
+    <t>ADVANTAGE LEASING ASSOCIATES, LLC</t>
+  </si>
+  <si>
+    <t>47QMCA20D001F / 89303025FMA400953</t>
+  </si>
+  <si>
+    <t>The contractor shall provide the lease of three (3) 2024-2025 full-size sports utility vehicles (SUV) with the option to lease two (2) additional SUVs in accordance with the Statement of Work. This requirement is for the Office of Administrative Management and Support on behalf of the Office of the Secretary, and the Office of Environment, Health, Safety and Security (EHSS).</t>
+  </si>
+  <si>
+    <t>marilyn.dillon@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>541320</t>
+  </si>
+  <si>
+    <t>Landscape Architectural Services</t>
+  </si>
+  <si>
+    <t>STEPHEN W. HACKNEY LANDSCAPE ARCHITECTURE, LLC</t>
+  </si>
+  <si>
+    <t>89303525PEM000019</t>
+  </si>
+  <si>
+    <t>Provide architectural landscape services to provide certified landscape design for the grounds at the K-25 Interpretive Center as a part of historical preservation effort.</t>
+  </si>
+  <si>
+    <t>THUNDERCAT TECHNOLOGY, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243325FFE400660</t>
+  </si>
+  <si>
+    <t>Annual Renewal of Cisco SMARTnet Maintenance and Unified Communication Licensing for NETL's Albany, OR; Houston, TX; Morgantown, WV; and Pittsburgh, PA sites</t>
+  </si>
+  <si>
+    <t>Service Disabled Veteran Owned Small Business Set-Aside</t>
+  </si>
+  <si>
+    <t>541611</t>
+  </si>
+  <si>
+    <t>Administrative Management and General Management Consulting Services</t>
+  </si>
+  <si>
+    <t>Assistant Secretary for Energy Efficiency and Renewable Energy</t>
+  </si>
+  <si>
+    <t>NEXIGHT GROUP LLC</t>
+  </si>
+  <si>
+    <t>GS-10F-176AA / 89243422FEE400277</t>
+  </si>
+  <si>
+    <t>Department of Energy, Office of Energy Efficiency and Renewable Energy (EERE), Advanced Manufacturing Office (AMO) Subject Matter Expert Support</t>
+  </si>
+  <si>
+    <t>R3 – $7.5M–$25M</t>
+  </si>
+  <si>
+    <t>lani.macrae@ee.doe.gov</t>
+  </si>
+  <si>
+    <t>221310</t>
+  </si>
+  <si>
+    <t>Water Supply and Irrigation Systems</t>
+  </si>
+  <si>
+    <t>Office of Cybersecurity, Energy Security &amp; Emergency Response</t>
+  </si>
+  <si>
+    <t>CAMERON PARISH WATERWORKS DISTRICT NO 2</t>
+  </si>
+  <si>
+    <t>DE-FE0023123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGF::CT::IGF Contract to provide potable water to the SPR West Hackberry main site and Brine Disposal Well site. Fixed Price Service Contract with equitable rate adjustments as allowed by the regulatory body. It is a 10-year contract period as authorized in FAR 41.205(d). This will be incrementally funded one year at a time. Cameron Parish Waterworks District No. 2 is the only entity capable of providing the site with potable water that complies with the Louisiana Department of Health and Hospitals- Office of Public Health, Title 51, Public Health ¿ Sanitary Code, Part XII. There are no other such entities in the area to service the West Hackberry main site and Brine Disposal well site. </t>
+  </si>
+  <si>
+    <t>LOUISIANA</t>
+  </si>
+  <si>
+    <t>236220</t>
+  </si>
+  <si>
+    <t>Commercial and Institutional Building Construction</t>
+  </si>
+  <si>
+    <t>CIVIL DESIGN &amp; ENGINEERING INC</t>
+  </si>
+  <si>
+    <t>GS-10F-263AA / 89503123FWA400529</t>
+  </si>
+  <si>
+    <t>Protection Engineer Position FOR 5300 Communications DSW/WAPA</t>
+  </si>
+  <si>
+    <t>ARIZONA</t>
+  </si>
+  <si>
+    <t>237990</t>
+  </si>
+  <si>
+    <t>Other Heavy and Civil Engineering Construction</t>
+  </si>
+  <si>
+    <t>QAYAQ GOVERNMENT SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89233123CNA000325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Design/Build Construction - AOCC Relocation Planning and Improvements Infrastructure Project, Pantex, Amarillo, TX </t>
+  </si>
+  <si>
+    <t>238210</t>
+  </si>
+  <si>
+    <t>Electrical Contractors and Other Wiring Installation Contractors</t>
+  </si>
+  <si>
+    <t>CLASS CONTRACTING LLC</t>
+  </si>
+  <si>
+    <t>89503320PWA000100</t>
+  </si>
+  <si>
+    <t>The Western Area Power Administration (WAPA) Sierra Nevada Region (SNR) requires a contractor to perform semiannual Preventative Maintenance on the motorized gates located in the region. SNR requires a qualified contractor for the semiannual maintenance on the gates and to provide emergency repair services when requested and approved by the Contracting Officer¿s Representative (COR).</t>
+  </si>
+  <si>
+    <t>CALIFORNIA</t>
+  </si>
+  <si>
+    <t>513110</t>
+  </si>
+  <si>
+    <t>Newspaper Publishers</t>
+  </si>
+  <si>
+    <t>Assistant Secretary for Congressional and Intergovernmental Affairs</t>
+  </si>
+  <si>
+    <t>LEADERSHIP CONNECT, INC.</t>
+  </si>
+  <si>
+    <t>89303025PCI000012</t>
+  </si>
+  <si>
+    <t>CI Leadership Connect subscription renewal 3/1/2025-2/28/2026</t>
+  </si>
+  <si>
+    <t>shari.devenport@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>513210</t>
+  </si>
+  <si>
+    <t>Software Publishers</t>
+  </si>
+  <si>
+    <t>GE VERNOVA INTERNATIONAL LLC</t>
+  </si>
+  <si>
+    <t>89503025PWA000489</t>
+  </si>
+  <si>
+    <t>To acquire the 2025 Steady State Power Flow Annual Maintenance for perpetual software licenses from GE</t>
+  </si>
+  <si>
+    <t>517312</t>
+  </si>
+  <si>
+    <t>Wireless Telecommunications Carriers (except Satellite)</t>
+  </si>
+  <si>
+    <t>Office of Inspector General</t>
+  </si>
+  <si>
+    <t>AT&amp;T MOBILITY LLC</t>
+  </si>
+  <si>
+    <t>47QTCA19D00MV / 89303025FIG400027</t>
+  </si>
+  <si>
+    <t>The OIG is renewing service with FirstNet Band 14 LTE Service for existing Tactical Communication Devices (TCD) that will be utilized for enhanced push to talk communications and FirstNet Machine-to-Machine Radio over IP (RoIP) during investigative operations.</t>
+  </si>
+  <si>
+    <t>GEORGIA</t>
+  </si>
+  <si>
+    <t>gloria.jennings@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>518210</t>
+  </si>
+  <si>
+    <t>Computing Infrastructure Providers, Data Processing, Web Hosting, and Related Services</t>
+  </si>
+  <si>
+    <t>AMAZON WEB SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>47QTCA19D000C / 89503022FWA400676</t>
+  </si>
+  <si>
+    <t>Centralized Amazon Web Services (AWS) Cloud Services for Western Area Power Administration Information Technology</t>
+  </si>
+  <si>
+    <t>KPLER INC</t>
+  </si>
+  <si>
+    <t>89303020PEI000055</t>
+  </si>
+  <si>
+    <t>New Purchase Order (PO) to provide global crude oil and liquefied petroleum gas liquids. This PO will be for 5 years from the date of award is signed.</t>
+  </si>
+  <si>
+    <t>ADVANCED COMPUTER CONCEPTS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89503025FWA400997</t>
+  </si>
+  <si>
+    <t>FY25-SERVICENOW LICENSE AND INSTANCES MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>BLUE TECH INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD00B / 89503024FWA400926</t>
+  </si>
+  <si>
+    <t>To acquire IQ Geo Professional Services Upgrade Support</t>
+  </si>
+  <si>
+    <t>HUBZone Set-Aside</t>
+  </si>
+  <si>
+    <t>NNG15SD00B / 89503025FWA400994</t>
+  </si>
+  <si>
+    <t>TOAD FOR ORACLE SOFTWARE LICENSE MAINTENANCE</t>
+  </si>
+  <si>
+    <t>COUNTERTRADE PRODUCTS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89503425FWA401691</t>
+  </si>
+  <si>
+    <t>FY25 UGP AVIAT SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>HARKCON LLC</t>
+  </si>
+  <si>
+    <t>GS-10F-0164V / 89233120FNA400313</t>
+  </si>
+  <si>
+    <t>U.S. Department of Energy, National Nuclear Security Administration's (DOE/NNSA) Technical, Engineering, and Programmatic Support Services II (TEPS II) Blanket Purchase Agreement (BPA) Holders--RFQ 89233120QNA000129 Administrative Support Services for DOE/NNSA Office of Defense Nuclear Nonproliferation (NA-20).</t>
+  </si>
+  <si>
+    <t>541690</t>
+  </si>
+  <si>
+    <t>Other Scientific and Technical Consulting Services</t>
+  </si>
+  <si>
+    <t>SOCIAL-ENGINEER LLC</t>
+  </si>
+  <si>
+    <t>89303223CEM000001</t>
+  </si>
+  <si>
+    <t>Establish a baseline for operational security awareness for the Waste Isolation pilot Plant and other CBFO operations.</t>
+  </si>
+  <si>
+    <t>Office of Independent Enterprise Assessments</t>
+  </si>
+  <si>
+    <t>UNWIN COMPANY</t>
+  </si>
+  <si>
+    <t>89303020CEA000004</t>
+  </si>
+  <si>
+    <t>The contractor shall provide technical and administrative support to the Office of Enterprise Assessment in support of its mission to provide the Secretary of Energy and senior Department of Energy managers with an independent assessment of the effectiveness of Department of Energy policies and site performance in the areas of safeguards and security, cyber security, emergency management, environment, safety, health, and other critical functions as directed by the Secretary.</t>
+  </si>
+  <si>
+    <t>R6 – $100M+</t>
+  </si>
+  <si>
+    <t>OHIO</t>
+  </si>
+  <si>
+    <t>john.wells@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>561210</t>
+  </si>
+  <si>
+    <t>Facilities Support Services</t>
+  </si>
+  <si>
+    <t>Oak Ridge Operations Office</t>
+  </si>
+  <si>
+    <t>LOCKHEED MARTIN SERVICES, INC</t>
+  </si>
+  <si>
+    <t>DE-AC05-84OR21400</t>
+  </si>
+  <si>
+    <t>MANAGEMENT AND OPERATION OF Y-12 PLANT AND OTHER PROGRAMS</t>
+  </si>
+  <si>
+    <t>dewillican.middleton@science.doe.gov</t>
+  </si>
+  <si>
+    <t>561710</t>
+  </si>
+  <si>
+    <t>Exterminating and Pest Control Services</t>
+  </si>
+  <si>
+    <t>GOOD EARTH PEST COMPANY</t>
+  </si>
+  <si>
+    <t>89243321PFE000401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pest Control Services for NETL Albany, Oregon </t>
+  </si>
+  <si>
+    <t>OREGON</t>
+  </si>
+  <si>
+    <t>562119</t>
+  </si>
+  <si>
+    <t>Other Waste Collection</t>
+  </si>
+  <si>
+    <t>BIRCHWOOD, RATCLIFF &amp; ASSOCIATES LLC</t>
+  </si>
+  <si>
+    <t>89503125PWA000848</t>
+  </si>
+  <si>
+    <t>Disposal of Oil-Filled Electrical Equipment at Multiple Substations, Western Area Power Administration, Desert Southwest Region, Phoenix</t>
+  </si>
+  <si>
+    <t>336212</t>
+  </si>
+  <si>
+    <t>Truck Trailer Manufacturing</t>
+  </si>
+  <si>
+    <t>CONSOLIDATED TRAILERS, INC.</t>
+  </si>
+  <si>
+    <t>47QMCA25D000R / 89503025FWA401086</t>
+  </si>
+  <si>
+    <t>Great Dane Drop Deck Flat Bed Trailer</t>
+  </si>
+  <si>
+    <t>519290</t>
+  </si>
+  <si>
+    <t>Web Search Portals and All Other Information Services</t>
+  </si>
+  <si>
+    <t>ARGUS MEDIA INC</t>
+  </si>
+  <si>
+    <t>89243524CCR000039</t>
+  </si>
+  <si>
+    <t>Argus Media Subscription</t>
+  </si>
+  <si>
+    <t>marsha.manning@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>Naval Reactors Laboratory Field Office</t>
+  </si>
+  <si>
+    <t>VECTOR RESOURCES, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-0004U / 89233025FNR400116</t>
+  </si>
+  <si>
+    <t>Naval Reactors Laboratory Field Office (NRLFO) Program Analyst Consulting Services</t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>Assistant Secretary for Nuclear Energy</t>
+  </si>
+  <si>
+    <t>ALLEGHENY SCIENCE &amp; TECHNOLOGY CORPORATION</t>
+  </si>
+  <si>
+    <t>GS-10F-053AA / 89243220FNE400054</t>
+  </si>
+  <si>
+    <t>Provide specialized subject matter expertise to the Department of Energy Office of Technology Transitions (DOE-OTT) in support of a variety of mission related activities. Support will consist of Programmatic Program Analyst Staff Support; Executive Administrative Staff Support; Communications Specialist Support; Public Relations and Marketing Support; Specialized/Strategic Communications and Marketing Support, and Program and Project Management Support.</t>
+  </si>
+  <si>
+    <t>karen.tappert@nuclear.energy.gov</t>
+  </si>
+  <si>
+    <t>811210</t>
+  </si>
+  <si>
+    <t>Electronic and Precision Equipment Repair and Maintenance</t>
+  </si>
+  <si>
+    <t>AJ LIAISONS LLC</t>
+  </si>
+  <si>
+    <t>89503425PWA002106</t>
+  </si>
+  <si>
+    <t>REPAIR OR REPLACE AUTOMATIC TRANSFER SWITCH</t>
   </si>
   <si>
     <t>SOUTH DAKOTA</t>
   </si>
   <si>
-    <t>mccollum@wapa.gov</t>
-[...35 lines deleted...]
-    <t>Office of Management</t>
+    <t>335932</t>
+  </si>
+  <si>
+    <t>Noncurrent-Carrying Wiring Device Manufacturing</t>
+  </si>
+  <si>
+    <t>KIJERO, LLC</t>
+  </si>
+  <si>
+    <t>89503225PWA000551</t>
+  </si>
+  <si>
+    <t>POWER CAPACITORS FOR SCS</t>
+  </si>
+  <si>
+    <t>336991</t>
+  </si>
+  <si>
+    <t>Motorcycle, Bicycle, and Parts Manufacturing</t>
+  </si>
+  <si>
+    <t>MATTRACKS, INC.</t>
+  </si>
+  <si>
+    <t>47QMCA18D000J / 89503226FWA400728</t>
+  </si>
+  <si>
+    <t>TWO (2) SETS UTV TRACKS</t>
+  </si>
+  <si>
+    <t>MELE ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t>GS00F243CA / 89233125FNA400679</t>
+  </si>
+  <si>
+    <t>Department of Energy, National Nuclear Security Administration Office of Counterterrorism and Counterproliferation Vault Activities and Technical Support Services</t>
+  </si>
+  <si>
+    <t>FED95 LLC</t>
+  </si>
+  <si>
+    <t>89243324PFE000709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Albany Groundwater Environmental Consultant </t>
+  </si>
+  <si>
+    <t>MICHIGAN</t>
+  </si>
+  <si>
+    <t>334513</t>
+  </si>
+  <si>
+    <t>Instruments and Related Products Manufacturing for Measuring, Displaying, and Controlling Industrial Process Variables</t>
+  </si>
+  <si>
+    <t>DILO COMPANY, INC</t>
+  </si>
+  <si>
+    <t>89503224PWA000450</t>
+  </si>
+  <si>
+    <t>SF6 ANALYZER CALIBRATION SERVICE</t>
+  </si>
+  <si>
+    <t>FLORIDA</t>
+  </si>
+  <si>
+    <t>541618</t>
+  </si>
+  <si>
+    <t>Other Management Consulting Services</t>
+  </si>
+  <si>
+    <t>89243422CEE000010</t>
+  </si>
+  <si>
+    <t>Data Strategy and Knowledge Management support services for the Office of Energy Efficiency and Renewable Energys Knowledge Management and Systems Office</t>
+  </si>
+  <si>
+    <t>321114</t>
+  </si>
+  <si>
+    <t>Wood Preservation</t>
+  </si>
+  <si>
+    <t>JP WHELAN CO</t>
+  </si>
+  <si>
+    <t>89503422DWA000008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indefinite Delivery/Indefinite Quantity (IDIQ)Wood Utility Pole $7.5M for Upper Great Plains, Desert Southwest, and Rocky Mountain Regions </t>
+  </si>
+  <si>
+    <t>334512</t>
+  </si>
+  <si>
+    <t>Automatic Environmental Control Manufacturing for Residential, Commercial and Appliance Use</t>
+  </si>
+  <si>
+    <t>ABM FACILITY SUPPORT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>47QSMS24D002A / 89503325FWA400201</t>
+  </si>
+  <si>
+    <t>WAPA SNR requirement for three (3) HVAC units at the Folsom Substation (FOL), Sacramento Area Ops Center Substation (SPO), and Hooker Creek Communications Site (HOK). Requirement includes installation services IAW the attached PWS.</t>
+  </si>
+  <si>
+    <t>562910</t>
+  </si>
+  <si>
+    <t>Remediation Services</t>
+  </si>
+  <si>
+    <t>RSI SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89303321DEM000057</t>
+  </si>
+  <si>
+    <t>To provide for the environmental remediation services, demolition and removal services of facilities (contaminated), regulatory services and waste management services at the Navy Reactors Kesselring Site, West Milton, NY.</t>
+  </si>
+  <si>
+    <t>R4 – $25M–$50M</t>
+  </si>
+  <si>
+    <t>517121</t>
+  </si>
+  <si>
+    <t>Telecommunications Resellers</t>
+  </si>
+  <si>
+    <t>CONLIFF SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89243324PFE000803</t>
+  </si>
+  <si>
+    <t>MGN Executive Conference Room 415 AV Refresh 2024 - GPP Funding</t>
+  </si>
+  <si>
+    <t>DLT SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-267DA / 89303025FMA400957</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vendor, DLT Solutions, LLC. to provide a 1-year contract for 14 licenses for AutoCAD Architecture Engineering &amp; Construction and 7 Licenses for AutoCAD Light Version. 11 CADD GeT Business Plan-1 Learners, and 1 Ultimate Certified Helpdesk, IAW the SOW. </t>
+  </si>
+  <si>
+    <t>334516</t>
+  </si>
+  <si>
+    <t>Analytical Laboratory Instrument Manufacturing</t>
+  </si>
+  <si>
+    <t>GOVERNMENT SCIENTIFIC SOURCE INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000931</t>
+  </si>
+  <si>
+    <t>Horiba Multi-Gas Analyzers</t>
+  </si>
+  <si>
+    <t>THE BUILDING PEOPLE LLC</t>
+  </si>
+  <si>
+    <t>89503124PWA000790</t>
+  </si>
+  <si>
+    <t>DSW TECHNICAL SUPPORT SERVICES BRIDGE - The Contractor shall furnish all labor, tools, materials, supervision and equipment necessary to perform the services defined in the Performance Work Statement (PWS) for a period of six (6) months.</t>
+  </si>
+  <si>
+    <t>335910</t>
+  </si>
+  <si>
+    <t>Battery Manufacturing</t>
+  </si>
+  <si>
+    <t>Action Battery Wholesalers, Inc</t>
+  </si>
+  <si>
+    <t>89503125PWA000846</t>
+  </si>
+  <si>
+    <t>Battery and charger requirements for Southpoint Site replacement project-Western Area Power Administration Desert Southwest Region</t>
+  </si>
+  <si>
+    <t>LEIDOS, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-022CA / 89243221FNE400069</t>
+  </si>
+  <si>
+    <t>Environmental Impact Statement for Construction and Demonstration of a Prototype Advanced Mobile Nuclear Microreactor This task supports the United States Department of Defense (DoD), acting through the Office of the Secretary of Defense, Strategic Capabilities Office (SCO) and the Department of Energy (DOE) in the development of an Environmental Impact Statement (EIS) that will analyze the impacts (including associated impacts affecting land use) of potential nuclear research, development, construction, demonstration, storage and planned disposition of a prototype mobile microreactor producing 1 to 10 megawatts of electrical power.</t>
+  </si>
+  <si>
+    <t>IDAHO</t>
+  </si>
+  <si>
+    <t>THERMO ELECTRON NORTH AMERICA LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000856</t>
+  </si>
+  <si>
+    <t>Thermo Electron Maintenance Agreement for the NETL Dionex Ion Chromatography Instrument System.</t>
+  </si>
+  <si>
+    <t>333120</t>
+  </si>
+  <si>
+    <t>Construction Machinery Manufacturing</t>
+  </si>
+  <si>
+    <t>AMERICAN MATERIAL HANDLING, INC.</t>
+  </si>
+  <si>
+    <t>47QMCA18D000G / 89503425FWA401755</t>
+  </si>
+  <si>
+    <t>FORKLIFT FOR RC, PL, AND WT ELECTRICIANS</t>
+  </si>
+  <si>
+    <t>NEW TECH SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503025FWA401000</t>
+  </si>
+  <si>
+    <t>FY 25 AUTOCAD SOFTWARE RENEWAL</t>
+  </si>
+  <si>
+    <t>S &amp; K LOGISTICS SERVICES LLC</t>
+  </si>
+  <si>
+    <t>89303723DEM000011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contract Line-Item No. 0001 Administrative Support Services - Base Contract Line-Item No. 0002 Engineering and Technical Serivces - Base Contract Line -Item No. 0003 Other Direct Cost (ODC) - Base </t>
+  </si>
+  <si>
+    <t>LONGENECKER &amp; ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t>GS-00F-258CA / 89233119FNA400224</t>
+  </si>
+  <si>
+    <t>Program Management, Technical and Analytical Support Services for the Office of Material Management and Minimization (MMM) (NA-23).</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89243125FSC400749</t>
+  </si>
+  <si>
+    <t>Atlassian and JIRA Renewals (PAMS &amp; SC)</t>
+  </si>
+  <si>
+    <t>238110</t>
+  </si>
+  <si>
+    <t>Poured Concrete Foundation and Structure Contractors</t>
+  </si>
+  <si>
+    <t>LESKCA INCORPORATED</t>
+  </si>
+  <si>
+    <t>89503423DWA000014</t>
+  </si>
+  <si>
+    <t>Construction Indefinite Delivery Indefinite Quantity Contract for Steel Pole Foundations for the Upper Great Plains and Rocky Mountain Regions of Western Area Power Administration. Period of Performance will be 36 continuous months from date of award. The principal components of the work involve demolition of existing foundations, providing various types of concrete foundations, structure erection, conduits, grounding, and miscellaneous site work at multiple locations throughout the regions.</t>
+  </si>
+  <si>
+    <t>332510</t>
+  </si>
+  <si>
+    <t>Hardware Manufacturing</t>
+  </si>
+  <si>
+    <t>MVA POWER USA INC</t>
+  </si>
+  <si>
+    <t>89503426PWA002158</t>
+  </si>
+  <si>
+    <t>WP-PO LINE MATERIAL RESTOCK, MT</t>
+  </si>
+  <si>
+    <t>PROFAB MOBILE WELDING LLC</t>
+  </si>
+  <si>
+    <t>89503126PWA000866</t>
+  </si>
+  <si>
+    <t>Fabricated fuse ends for Flagstaff and Pinnacle Peak Substation capacitor bank insulators-SSJ only one source FAR 13.106-1(b): Western Area Power Administration Desert Southwest Region</t>
+  </si>
+  <si>
+    <t>BENNETT-ALVARADO, INC.</t>
+  </si>
+  <si>
+    <t>89503426PWA002163</t>
+  </si>
+  <si>
+    <t>CIRCUIT BREAKER TANK HEATERS</t>
+  </si>
+  <si>
+    <t>COMPUTER MODELLING GROUP LTD</t>
+  </si>
+  <si>
+    <t>89243325PFE000861</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMG Software: Hydrates Program (Gas Hydrates): CMOST Pro - Annual Lease Qty:1 Network Builder - Annual Lease Qty:1 Network Results - Annual Lease Qty:1 SOLVE STARS (Max) - Annual Lease Qty:1 </t>
+  </si>
+  <si>
+    <t>LRP PUBLICATIONS, INC.</t>
+  </si>
+  <si>
+    <t>47QTCA20D002P / 89233123FNA400517</t>
+  </si>
+  <si>
+    <t>CyberFeds on the Web is used used in HR - Employee Relations - Benefits - Reasonable Accommodations CyberFeds/Workman¿s Comp Subscription LRP Publication, Inc.</t>
+  </si>
+  <si>
+    <t>REDHAWK IT SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89303125FEM400420</t>
+  </si>
+  <si>
+    <t xml:space="preserve">information Technology Purchase for Portsmouth Paducah Project Office -Additional Digital Signing Certificate Management Support and Licenses </t>
+  </si>
+  <si>
+    <t>KENTUCKY</t>
+  </si>
+  <si>
+    <t>COLOSSAL CONTRACTING, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503025FWA400999</t>
+  </si>
+  <si>
+    <t>FY25-RED HAT ANNUAL LICENSE AND MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>TECHSOURCE INC</t>
+  </si>
+  <si>
+    <t>GS-00F-003DA / 89233120FNA400310</t>
+  </si>
+  <si>
+    <t>Technical Support Services for National Nuclear Security Administration's (DOE/NNSA) Office of Strategic Planning and Analysis (NA-183)</t>
+  </si>
+  <si>
+    <t>611310</t>
+  </si>
+  <si>
+    <t>Colleges, Universities and Professional Schools</t>
+  </si>
+  <si>
+    <t>UNIVERSITY OF TEXAS AT AUSTIN</t>
+  </si>
+  <si>
+    <t>89303024PFE000110</t>
+  </si>
+  <si>
+    <t>GEOH2 Consortium Membership fees</t>
+  </si>
+  <si>
+    <t>89243323PFE000612</t>
+  </si>
+  <si>
+    <t>Maintenance Agreement Renewal for Thermo Electron Neptune Multicollector ICP-MS Instrument</t>
+  </si>
+  <si>
+    <t>541370</t>
+  </si>
+  <si>
+    <t>Surveying and Mapping (except Geophysical) Services</t>
+  </si>
+  <si>
+    <t>GEOGRAPHIC TECHNOLOGIES GROUP INC</t>
+  </si>
+  <si>
+    <t>47QTCA23D009V / 89503324FWA400159</t>
+  </si>
+  <si>
+    <t>Aerial Mapping &amp; Light Detection and Ranging (LiDAR) Services for Vegetation Management for Western Area Power Administration's (WAPA) Sierra Nevada Region (SNR)</t>
+  </si>
+  <si>
+    <t>NORTH CAROLINA</t>
+  </si>
+  <si>
+    <t>541512</t>
+  </si>
+  <si>
+    <t>Computer Systems Design Services</t>
+  </si>
+  <si>
+    <t>PM CONNECTIONS LLC</t>
+  </si>
+  <si>
+    <t>89243423CEE000022</t>
+  </si>
+  <si>
+    <t>Learning and Development Training Support for the Department of Energy, Energy Efficiency and Renewable Energy, Golden Field Office, Knowledge Management and Systems Office</t>
+  </si>
+  <si>
+    <t>PROFESSIONAL VETS CONSULTING GROUP, LLC</t>
+  </si>
+  <si>
+    <t>89243423DEE000010</t>
+  </si>
+  <si>
+    <t>Department of Energy, Office of Energy Efficiency and Renewable Energy's Congressionally Directed Spending Project Support for the Golden Field Office's Financial Assistance Office</t>
+  </si>
+  <si>
+    <t>ORKIN, LLC</t>
+  </si>
+  <si>
+    <t>89503320PWA000112</t>
+  </si>
+  <si>
+    <t>The Government requires pest control services for SNR properties, specifically including substations and maintenance facilities, and office buildings. Typical pests include (but are not limited to): insects of many types, yellow jackets, scorpions, spiders, ground squirrels, mice, and rats. The Government requires regular Integrated Pest Management (IPM) inspections and treatments/pesticide applications at the substations, maintenance facilities, and office complex, and may require additional callouts on an as-needed basis.</t>
+  </si>
+  <si>
+    <t>541380</t>
+  </si>
+  <si>
+    <t>Testing Laboratories and Services</t>
+  </si>
+  <si>
+    <t>AMERICAN ASSOCIATION FOR LABORATORY ACCREDITATION</t>
+  </si>
+  <si>
+    <t>89243221PEM000007</t>
+  </si>
+  <si>
+    <t>Annual Accreditation Certification</t>
+  </si>
+  <si>
+    <t>561730</t>
+  </si>
+  <si>
+    <t>Landscaping Services</t>
+  </si>
+  <si>
+    <t>DAVEY TREE EXPERT COMPANY, THE</t>
+  </si>
+  <si>
+    <t>GS-21F-0060U / 89503324FWA400162</t>
+  </si>
+  <si>
+    <t>Task Order to provide Right of Way (ROW) 240602 Tree Work/Vegetation Management for WAPA Sierra Nevada Region.</t>
+  </si>
+  <si>
+    <t>47QMCA18D000G / 89503425FWA401803</t>
+  </si>
+  <si>
+    <t>TELEHANDLER FOR HU WAREHOUSE</t>
+  </si>
+  <si>
+    <t>LINK TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>GS-00F-216CA / 89233120FNA400317</t>
+  </si>
+  <si>
+    <t>Support services for Nuclear Materials Management and Safeguards System (NA-532).</t>
+  </si>
+  <si>
+    <t>INTUITIVE INFORMATION SYSTEMS TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>75N98119D00059 / 89233122FNA400419</t>
+  </si>
+  <si>
+    <t>Database Development and Support Services for DOE/NNSA's Office of Nuclear Incident Response (NA-84)</t>
+  </si>
+  <si>
+    <t>8A Competed</t>
+  </si>
+  <si>
+    <t>561920</t>
+  </si>
+  <si>
+    <t>Convention and Trade Show Organizers</t>
+  </si>
+  <si>
+    <t>CAPITAL MEETING PLANNING, INC.</t>
+  </si>
+  <si>
+    <t>89243123CSC000143</t>
+  </si>
+  <si>
+    <t>Meeting support services for the Presidential Council of Advisors on Science and Technology (PCAST)</t>
+  </si>
+  <si>
+    <t>Women Owned Small Business Sole Source</t>
+  </si>
+  <si>
+    <t>611430</t>
+  </si>
+  <si>
+    <t>Professional and Management Development Training</t>
+  </si>
+  <si>
+    <t>EDWARD HOLMES, INC.</t>
+  </si>
+  <si>
+    <t>89303124PEM000027</t>
+  </si>
+  <si>
+    <t>Assessment and Training on Dominance, Influence, Steadiness and Conscientiousness for the Portsmouth Paducah Project Office Federal Staff. Phase 2.</t>
+  </si>
+  <si>
+    <t>HUBZone Sole Source</t>
+  </si>
+  <si>
+    <t>4 STAR TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD06B / 89303125FEM400418</t>
+  </si>
+  <si>
+    <t>Information Technology Purchase for Portsmouth Paducah Project Office - Governance, Risk, Compliance Platform Total Amt: $126,845.79 Breakdown Amt: PA-0020 $63,422.90/ PO-0020 $63,422.89</t>
+  </si>
+  <si>
+    <t>Office of Policy</t>
+  </si>
+  <si>
+    <t>ONLOCATION, INC.</t>
+  </si>
+  <si>
+    <t>GS10F0126U / 89303024FOP400008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In accordance with the GSA Contract GS10F0126U and the Department of Energy (DOE) terms and conditions of the established contract, the (DOE) Office of Policy requires contractor support to provide analysis from specific versions of the National Energy Modeling System (NEMS) in accordance with the attached Performance Work Statement. The total amount being incrementally funded at the time of award is in the amount of $120,000.00. </t>
+  </si>
+  <si>
+    <t>Not Assigned</t>
+  </si>
+  <si>
+    <t>NAVARRO RESEARCH AND ENGINEERING, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-0092N / 89233121FNA400384</t>
+  </si>
+  <si>
+    <t>IGF:CL:IGF U.S. Department of Energy, National Nuclear Security Administration's (DOE/NNSA) Technical, Engineering, and Programmatic Support Services II (TEPS II) Blanket Purchase Agreement (BPA) Holders-- Technical Support Services for the Tritium and Domestic Uranium Enrichment Program (NA-192). Tritium and DUE Program Office (NA-192) Technical Support Services.</t>
+  </si>
+  <si>
+    <t>LECO CORP</t>
+  </si>
+  <si>
+    <t>89243325PFE000851</t>
+  </si>
+  <si>
+    <t>SVC-800 platinum service maintenance plan for Hydrogen, Nitrogen Analyzer (CHN) SN 55849 and Sulfur Analyzer (S) SN 56330 Period of performance 3/30/2025 -3/29/2026</t>
+  </si>
+  <si>
+    <t>IGOV TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD81B / 89243525FCR400061</t>
+  </si>
+  <si>
+    <t>Nintex and K2 Software Subscription Workflow Renewal. A subscription to the Nintex Process Automation Platform offers a DOE easy-to-use software solutions to quickly automate workflows and business processes.</t>
+  </si>
+  <si>
+    <t>541620</t>
+  </si>
+  <si>
+    <t>Environmental Consulting Services</t>
+  </si>
+  <si>
+    <t>S C &amp; A, INC.</t>
+  </si>
+  <si>
+    <t>47QRAA20D002W / 89233122FNA400485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide personnel and resources to support preparation of a Site Wide EIS (SWEIS) analysis for continued operations and projected programs at SNL/NM for Environmental Consulting Support Services. </t>
+  </si>
+  <si>
+    <t>MELWOOD HORTICULTURAL TRAINING CENTER, INC.</t>
+  </si>
+  <si>
+    <t>89303020CMA000053</t>
+  </si>
+  <si>
+    <t>$0 PR to initiate renewal of Germantown grounds maintenance 5 year contract. Previous contract DE-MA0012084. Period of Performance: 06/01/2020 - 05/31/2025 Amendment to add six months &amp; OT funding (POP: 10/01/2020 - 09/30/2021)</t>
+  </si>
+  <si>
+    <t>562111</t>
+  </si>
+  <si>
+    <t>Solid Waste Collection</t>
+  </si>
+  <si>
+    <t>USA WASTE OF CALIFORNIA, INC.</t>
+  </si>
+  <si>
+    <t>89503320PWA000124</t>
+  </si>
+  <si>
+    <t>Solid Waste Removal - Elverta</t>
+  </si>
+  <si>
+    <t>221210</t>
+  </si>
+  <si>
+    <t>Natural Gas Distribution</t>
+  </si>
+  <si>
+    <t>PEOPLES NATURAL GAS COMPANY LLC</t>
+  </si>
+  <si>
+    <t>89243323CFE000082</t>
+  </si>
+  <si>
+    <t>Standard Natural Gas Utility Service at NETL Pittsburgh, PA (10/01/2023 - 09/30/2025)</t>
+  </si>
+  <si>
+    <t>89233124CNA000379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logistics Support Site Vehicle Maintenance Facility Female Restroom Renovation, Building 470, Fort Smith, Arkansas </t>
+  </si>
+  <si>
+    <t>ARKANSAS</t>
+  </si>
+  <si>
+    <t>RED ROCK POWER INC</t>
+  </si>
+  <si>
+    <t>89503424CWA000075</t>
+  </si>
+  <si>
+    <t>VERONA - GREAT FALLS 161-KV TRANSMISSION LINE REBUILD, PHASE 2, MONTANA</t>
+  </si>
+  <si>
+    <t>HANSON AUDIO VIDEO, LLC</t>
+  </si>
+  <si>
+    <t>89303325PEM000240</t>
+  </si>
+  <si>
+    <t>This purchase order is the purchase of the material and installation of equipment necessary to repurpose and upgrade the audio/visual equipment in the EMCBC's training room.</t>
+  </si>
+  <si>
+    <t>334111</t>
+  </si>
+  <si>
+    <t>Electronic Computer Manufacturing</t>
+  </si>
+  <si>
+    <t>47QTCA19D00CX / 89233124FNA400605</t>
+  </si>
+  <si>
+    <t>Procure Digital Communication Management (DCMI) for Communications Cloud - Annual Subscription</t>
+  </si>
+  <si>
+    <t>492110</t>
+  </si>
+  <si>
+    <t>Couriers and Express Delivery Services</t>
+  </si>
+  <si>
+    <t>UNITED PARCEL SERVICE CO.</t>
+  </si>
+  <si>
+    <t>HTC711-23-D-C025 / 89243324FFE400547</t>
+  </si>
+  <si>
+    <t>DOMESTIC SHIPPING FOR ALL NETL SITES: PGH; MGN; ALB POP 04/01/2024 - 03/31/2025</t>
+  </si>
+  <si>
+    <t>HTC71123DC025 / 89503225FWA400638</t>
+  </si>
+  <si>
+    <t>UNITED STATES DOMESTIC EXPRESS AND GROUND SMALL PACKAGE DELIVERY SERVICES FOR WESTERN AREA POWER ADMINISTRATION, ROCKY MOUNTAIN REGION</t>
+  </si>
+  <si>
+    <t>511210</t>
+  </si>
+  <si>
+    <t>LEVERAGE INFORMATION SYSTEMS, INC.</t>
+  </si>
+  <si>
+    <t>GS-35F-118DA / 89503025FWA401003</t>
+  </si>
+  <si>
+    <t>QUIUM SOFTWARE RENEWAL</t>
+  </si>
+  <si>
+    <t>ENVIRONMENTAL SYSTEMS RESEARCH INSTITUTE, INC.</t>
+  </si>
+  <si>
+    <t>GS-35F-253CA / 89243325FFE400661</t>
+  </si>
+  <si>
+    <t>ArcGIS Desktop Advanced Maintenance Services POP 04/01/2025 - 03/31/2025</t>
+  </si>
+  <si>
+    <t>MCG ENERGY SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-0332T / 89503025FWA400982</t>
+  </si>
+  <si>
+    <t>To acquire MCG Energy Solutions, LLC (MCG) software renewal.</t>
+  </si>
+  <si>
+    <t>GE ENERGY MANAGEMENT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89503025PWA000479</t>
+  </si>
+  <si>
+    <t>To acquire FY25 GE SCADA and EMS PowerOn Reliance Annual Support Renewal</t>
+  </si>
+  <si>
+    <t>519190</t>
+  </si>
+  <si>
+    <t>All Other Information Services</t>
+  </si>
+  <si>
+    <t>REFINITIV US LLC</t>
+  </si>
+  <si>
+    <t>89303020CEI000027</t>
+  </si>
+  <si>
+    <t>EIKON for Commodities &amp; Knowledge Direct</t>
+  </si>
+  <si>
+    <t>BLOOMBERG FINANCE LP</t>
+  </si>
+  <si>
+    <t>89303025PEI000118</t>
+  </si>
+  <si>
+    <t>The purpose of this request is to establish a sole sourced contract for Bloomberg Professional Anywhere licenses.</t>
+  </si>
+  <si>
+    <t>Office of the Chief Financial Officer</t>
+  </si>
+  <si>
+    <t>GARTNER, INC.</t>
+  </si>
+  <si>
+    <t>03310324D0001 / 89303024FCF400038</t>
+  </si>
+  <si>
+    <t>This task order is a continuation/bridge of task order 89303021FCF400025. The Library of Congress reached the FEDLINK IDIQ ceiling, necessitating creation of a new IDIQ contract which resulted in this new task order. This task order/bridge contains Option Years 3 and 4 with Gartner from task order 89303021FCF400025.</t>
+  </si>
+  <si>
+    <t>christina.santagelo@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>Office of the General Counsel</t>
+  </si>
+  <si>
+    <t>WEST PUBLISHING CORPORATION</t>
+  </si>
+  <si>
+    <t>89303025PGC000027</t>
+  </si>
+  <si>
+    <t>Westlaw Emergency</t>
+  </si>
+  <si>
+    <t>valerie.mills@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>GS-00F-003DA / 89233122FNA400494</t>
+  </si>
+  <si>
+    <t>Technical, Liaison, and Analytical Support Services for the Office of Defense Programs (NA-10) and the Office of Systems Engineering and Integration (NA-18).</t>
+  </si>
+  <si>
+    <t>ACATO INFORMATION MANAGEMENT, LLC</t>
+  </si>
+  <si>
+    <t>47QTCA21D00CX / 89233124FNA400652</t>
+  </si>
+  <si>
+    <t>Contract for Quality Assurance Services Firm Fixed Price</t>
+  </si>
+  <si>
+    <t>NNG15SD79B / 89503025FWA401004</t>
+  </si>
+  <si>
+    <t>FY-25 FORESCOUT ANNUAL RENEWAL</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243125FSC400742</t>
+  </si>
+  <si>
+    <t>Renewal of Vercara UltraDNS Services</t>
+  </si>
+  <si>
+    <t>DISYS SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD73B / 89243125FSC400756</t>
+  </si>
+  <si>
+    <t>Cisco Smartnet Hardware Maintenance and UCS Support Renewal (Various Sites)</t>
+  </si>
+  <si>
+    <t>Office of Environment, Health, Safety and Security</t>
+  </si>
+  <si>
+    <t>DOXCELERATE CORPORATION</t>
+  </si>
+  <si>
+    <t>89303025PAU000049</t>
+  </si>
+  <si>
+    <t>Technical Standard Program Review and Comment (RevCom &amp; Policy Portal) System Support</t>
+  </si>
+  <si>
+    <t>DYNAMIC SYSTEMS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC69B / 89503025FWA400998</t>
+  </si>
+  <si>
+    <t>EXA SYSTEMS AND ASSOCIATED SOFTWARE RENEWAL</t>
+  </si>
+  <si>
+    <t>METGREEN SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>NNG15SD37B / 89503023FWA400716</t>
+  </si>
+  <si>
+    <t>DELL EMC POWERPROTECT DATA MANAGER PLUS SUBSCRIPTION</t>
+  </si>
+  <si>
+    <t>ICF INCORPORATED, L.L.C.</t>
+  </si>
+  <si>
+    <t>GS-00F-010CA / 89303024FOP400006</t>
+  </si>
+  <si>
+    <t>The contractor shall conduct research and analysis, including data collection, company research, discussions with experts, statistical analyses and other data gathering processes, as well as summarize data as requested into the requested format. This may include developing issues briefs on market events, industrial trends, and economic developments. The contractor will be expected to have access to/make use of oil, gas, and electricity market data; technical tools and techniques; analysis software; and knowledge of relevant government, NGO, and private sector data sources. The contractor will be required to incorporate the results of the analysis, research and synthesis into publication-quality materials and publications, such as briefs, papers, memoranda, spreadsheets, and other supporting documentation, which can be used by DOE analysts and policy makers.</t>
+  </si>
+  <si>
+    <t>541990</t>
+  </si>
+  <si>
+    <t>All Other Professional, Scientific and Technical Services</t>
+  </si>
+  <si>
+    <t>ORCID, INC.</t>
+  </si>
+  <si>
+    <t>89243125PSC000351</t>
+  </si>
+  <si>
+    <t>Renewal of ORCID API (Application Programming Interface) contract</t>
+  </si>
+  <si>
+    <t>BISMAN OUTDOOR SERVICES INC</t>
+  </si>
+  <si>
+    <t>89503421PWA001025</t>
+  </si>
+  <si>
+    <t>NDMO LAWN MAINTENANCE @ BISMARCK LOCATION - Base Year</t>
+  </si>
+  <si>
+    <t>GS-21F-0060U / 89503324FWA400167</t>
+  </si>
+  <si>
+    <t>Right of Way (ROW) Tree Work/Vegetation Management (220910) for Western Area Power Administration (WAPA), Sierra Nevada Region (SNR)</t>
+  </si>
+  <si>
+    <t>Southwestern Power Administration</t>
+  </si>
+  <si>
+    <t>LEGG LAWN &amp; LANDSCAPE</t>
+  </si>
+  <si>
+    <t>89503621PSW000121</t>
+  </si>
+  <si>
+    <t>LAWN &amp; LANDSCAPE MAINTENANCE SERVICES FOR THE GORE MAINTENANCE UNIT AT SOUTHWESTERN POWER ADMINISTRATION</t>
+  </si>
+  <si>
+    <t>OKLAHOMA</t>
+  </si>
+  <si>
+    <t>tammy.moreno@swpa.gov</t>
+  </si>
+  <si>
+    <t>SUNRISE LAWN LANDSCAPE</t>
+  </si>
+  <si>
+    <t>89503621PSW000124</t>
+  </si>
+  <si>
+    <t>Mowing Services for Doniphan, Idalia, Sikeston, Poplar Bluff, &amp; Piggott Locations for Southwestern Power Administration</t>
+  </si>
+  <si>
+    <t>561990</t>
+  </si>
+  <si>
+    <t>All Other Support Services</t>
+  </si>
+  <si>
+    <t>CHICKASAW STRATEGIC POINTE, LLC</t>
+  </si>
+  <si>
+    <t>89243120CSC000083</t>
+  </si>
+  <si>
+    <t>Provide planning and analysis support, acquisition and financial assistance systems support, mailroom operations support, records management, and administrative support. DOE-CSC and the CFO-PST are co-located in Oak Ridge at the Federal Building.</t>
+  </si>
+  <si>
+    <t>PHYSICAL ELECTRONICS USA, INC.</t>
+  </si>
+  <si>
+    <t>89243325PFE000871</t>
+  </si>
+  <si>
+    <t>MAINTENANCE CONTRACT FOR VERSA PROBE III Period of Performance 04/01/2025 - 03/31/2026</t>
+  </si>
+  <si>
+    <t>MINNESOTA</t>
+  </si>
+  <si>
+    <t>813910</t>
+  </si>
+  <si>
+    <t>Business Associations</t>
+  </si>
+  <si>
+    <t>Indian Energy Policy and Programs</t>
+  </si>
+  <si>
+    <t>NATIONAL CONFERENCE OF STATE LEGISLATURES</t>
+  </si>
+  <si>
+    <t>89303024CIE000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Engaging States and Native American Tribes on Environmental Management Support Services </t>
+  </si>
+  <si>
+    <t>kevin.frost@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>Diversitec, LLC</t>
+  </si>
+  <si>
+    <t>89503426PWA002160</t>
+  </si>
+  <si>
+    <t>ELTEK UNITY POWER SYSTEMS</t>
+  </si>
+  <si>
+    <t>PALANTIR TECHNOLOGIES INCORPORATED</t>
+  </si>
+  <si>
+    <t>GS-35F-0086U / 89233121FNA400352</t>
+  </si>
+  <si>
+    <t>SAFER (Safety Analytics, Forecasting &amp; Evaluation Reporting) Project Execution Task Order supporting NA-50</t>
+  </si>
+  <si>
+    <t>R5 – $50M–$100M</t>
+  </si>
+  <si>
+    <t>DATASPLICE LLC</t>
+  </si>
+  <si>
+    <t>89503025PWA000494</t>
+  </si>
+  <si>
+    <t>Purchase DataSplice subscription and maintenance for 12 months.</t>
+  </si>
+  <si>
+    <t>BLOOMBERG FINANCE L.P.</t>
+  </si>
+  <si>
+    <t>89303021PEI000065</t>
+  </si>
+  <si>
+    <t>The U.S. Energy Information Administration continued Bloomberg Data Services to span over a One Year Base plus 4 option periods</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89303125FEM400422</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office -Samsung Cell Phone Software Support </t>
+  </si>
+  <si>
+    <t>SAGE ELECTRIC SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89503224CWA000106</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION: Except as listed as Government provided, CONTRACTOR will provide all labor, materials, equipment and management to replace and install the Heart Mountain Breaker and Switch.</t>
+  </si>
+  <si>
+    <t>WYOMING</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89503425FWA401689</t>
+  </si>
+  <si>
+    <t>FY25 UGP NOKIA SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>89243325CFE000096</t>
+  </si>
+  <si>
+    <t>Building 26 Room 51 A/B/C Audio/ Video Renovation at NETL Morgantown, WV site SBA Requirement Number: IC1747840269M</t>
+  </si>
+  <si>
+    <t>333924</t>
+  </si>
+  <si>
+    <t>Industrial Truck, Tractor, Trailer and Stacker Machinery Manufacturing</t>
+  </si>
+  <si>
+    <t>FEDERAL CONTRACTS LLC</t>
+  </si>
+  <si>
+    <t>89503625PSW000259</t>
+  </si>
+  <si>
+    <t>4 Compact Track Loaders - 2210 (1 each), 2220 (1 each), 2230 (2 each)</t>
+  </si>
+  <si>
+    <t>MISSOURI</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89503425FWA401721</t>
+  </si>
+  <si>
+    <t>UGP-NDMO 48 VDC COMM BATTERIES FOR CT, RI, WDD</t>
+  </si>
+  <si>
+    <t>CTG FEDERAL, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD12B / 89303325FEM400457</t>
+  </si>
+  <si>
+    <t>This task order is for the purchase of 12-month subscriptions for Horizon licensing for the Department of Energy (DOE) Environmental Management Consolidated Business Center (EMCBC)</t>
+  </si>
+  <si>
+    <t>811310</t>
+  </si>
+  <si>
+    <t>Commercial and Industrial Machinery and Equipment (except Automotive and Electronic) Repair and Maintenance</t>
+  </si>
+  <si>
+    <t>TRANSFLUID SERVICES INC</t>
+  </si>
+  <si>
+    <t>89503325PWA000383</t>
+  </si>
+  <si>
+    <t>Purchase Order for Transformer Refurbishment - Flanagan (FLN) Substation KY1A, KY3A</t>
+  </si>
+  <si>
+    <t>336112</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503424FWA401654</t>
+  </si>
+  <si>
+    <t>DIGGER DERRICK CRANE FOR FA LINE CREW TO REPLACE ASSET # B147982 PER ATTACHED SPEC</t>
+  </si>
+  <si>
+    <t>CHENEGA WORLDWIDE SUPPORT, LLC</t>
+  </si>
+  <si>
+    <t>89243323DFE000021</t>
+  </si>
+  <si>
+    <t>IDIQ for Design/Build Contract of the Direct Air Capture Center (DACC) Project</t>
+  </si>
+  <si>
+    <t>REHBEIN ENTERPRISES INC</t>
+  </si>
+  <si>
+    <t>89503425CWA000080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CROSSOVER SUBSTATION, KV8A REACTOR INSTALL, MT </t>
   </si>
   <si>
     <t>JOHN J. YIM &amp; ASSOCIATES LLC</t>
   </si>
   <si>
     <t>89303023CMA000092</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide all necessary personnel, equipment, supplies, tools, materials, supervision, and other items and non-personal services necessary to analyze, manage, and process all incoming FOIA request in a surge capacity. </t>
   </si>
   <si>
-    <t>8(a) Sole Source</t>
-[...59 lines deleted...]
-    <t>timothy.butka@eia.gov</t>
+    <t>CAL ELECTRO INC..</t>
+  </si>
+  <si>
+    <t>89503325CWA000052</t>
+  </si>
+  <si>
+    <t>Tracy 500kV Substation Shunt Cap Breaker and Switch Replacement Bay T8</t>
+  </si>
+  <si>
+    <t>SIGMA SCIENCE, INC.</t>
+  </si>
+  <si>
+    <t>47QRAA18D005Q / 89233124FNA400624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technical Support Services for Nuclear Stockpile Sustainment Management and Support Systems for the Office of Nuclear Weapons Stockpile Sustainment (NA-122) and Stockpile Services Division (NA-122.1) </t>
+  </si>
+  <si>
+    <t>GEORGE CHAMPLAIN</t>
+  </si>
+  <si>
+    <t>89303924CEM000044</t>
+  </si>
+  <si>
+    <t>Contractor to provide Procurement Consultant Support services in accordance with the statement of work.</t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>ALUTIIQ OPERATIONS SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89503425PWA002026</t>
+  </si>
+  <si>
+    <t>ADMIN SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>ALASKA</t>
+  </si>
+  <si>
+    <t>VICTORY GLOBAL SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>NNG15SC95B / 89303024FCF400041</t>
+  </si>
+  <si>
+    <t>The purpose of this order is to renew RSAM license and maintenance support services.</t>
+  </si>
+  <si>
+    <t>541211</t>
+  </si>
+  <si>
+    <t>Offices of Certified Public Accountants</t>
+  </si>
+  <si>
+    <t>Southeastern Power Administration</t>
+  </si>
+  <si>
+    <t>KPMG LLP</t>
+  </si>
+  <si>
+    <t>GS00F275CA / 89503521FSP400059</t>
+  </si>
+  <si>
+    <t>Financial Audit of the Southeastern Federal Power Program (SeFPP) Base Year 2021</t>
+  </si>
+  <si>
+    <t>annc@sepa.doe.gov</t>
+  </si>
+  <si>
+    <t>FEDSTORE CORPORATION</t>
+  </si>
+  <si>
+    <t>89303325PEM000239</t>
+  </si>
+  <si>
+    <t>To provide the purchase of multiple 12-month subscriptions of Adobe Acrobat with VIP licensing for the DOE EMCBC.</t>
+  </si>
+  <si>
+    <t>ELLOS GLOBAL LLC</t>
+  </si>
+  <si>
+    <t>89303024CCR000008</t>
+  </si>
+  <si>
+    <t>Executive Assistance Support Services</t>
+  </si>
+  <si>
+    <t>Energy and Threat</t>
+  </si>
+  <si>
+    <t>SOUTHWEST RESEARCH INSTITUTE</t>
+  </si>
+  <si>
+    <t>89303019DET000001</t>
+  </si>
+  <si>
+    <t>Support Services Contract</t>
+  </si>
+  <si>
+    <t>Not Available</t>
+  </si>
+  <si>
+    <t>47QSMS24D002A / 89503325FWA400175</t>
+  </si>
+  <si>
+    <t>SNR Folsom HQ Comm Room HVAC replacement of unit ACU-4. Includes equipment and installation.</t>
+  </si>
+  <si>
+    <t>DAVIS SERVICE CENTER, INC.</t>
+  </si>
+  <si>
+    <t>GS-03F-103DA / 89503226FWA400734</t>
+  </si>
+  <si>
+    <t>THREE UTILITY TASK VEHICLES</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503025FWA401007</t>
+  </si>
+  <si>
+    <t>FY25 BOX ENTPLUS RENEWAL</t>
+  </si>
+  <si>
+    <t>GS-10F-053AA / 89243221FNE400061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Administrative Assistants to support DOE-ID in multiple organizations, including but not limited to: Office of the Manager, Office of Chief Counsel, Contract Management, Human Resource, and Office of Nuclear Energy Program Support &amp; Execution, including Strategic Partnership Projects (SPP) Support. The Contractor will also be required to perform the foregoing range of activities for DOE-ID and NE, as well as other DOE offices as directed by task assignment from the Contracting Officer, and as delegated to the contracting officer representative (COR). The Contractor shall furnish all personnel, facilities, equipment, material, supplies, and services (except as may be expressly set forth in this task order as furnished by the Government) and otherwise do all things necessary for, or incidental to, the performance of the Scope of Work. All terms and conditions pertaining to the GSA master contract GS-10F-053AA remain in effect. </t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243225FNE400169</t>
+  </si>
+  <si>
+    <t>Tenable.IO License Renewal</t>
+  </si>
+  <si>
+    <t>ELBOW GREASE ENTERPRISES, LLC</t>
+  </si>
+  <si>
+    <t>89503425CWA000078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIOUX FALLS REPEATER, COMMUNICATIONS BUILDING, SOUTH DAKOTA </t>
+  </si>
+  <si>
+    <t>VERTOSOFT LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-688GA / 89503025FWA401009</t>
+  </si>
+  <si>
+    <t>WORKIVA XBRL FERC 714 REPORTING MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89243423FEE400328</t>
+  </si>
+  <si>
+    <t>Cision Subscription</t>
+  </si>
+  <si>
+    <t>NNG15SD00B / 89503025FWA401008</t>
+  </si>
+  <si>
+    <t>FY25 TENABLE SOFTWARE LICENSE RENEWAL AND MAINTENANCE</t>
+  </si>
+  <si>
+    <t>S&amp;P GLOBAL MARKET INTELLIGENCE LLC</t>
+  </si>
+  <si>
+    <t>89303025CLP000106</t>
+  </si>
+  <si>
+    <t>S&amp;P Global Market Intelligence LLC</t>
+  </si>
+  <si>
+    <t>CARAHSOFT TECHNOLOGY CORPORATION</t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89243125FSC400755</t>
+  </si>
+  <si>
+    <t>GitLab Renewal</t>
+  </si>
+  <si>
+    <t>DE-EE0008025</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Department of Energy, Federal Energy Management Program, Energy Savings Performance Contract Indefinite Delivery, Indefinite Quantity</t>
+  </si>
+  <si>
+    <t>AECOM TECHNICAL SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008026</t>
+  </si>
+  <si>
+    <t>AMERESCO, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008027</t>
+  </si>
+  <si>
+    <t>CEG SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008029</t>
+  </si>
+  <si>
+    <t>CENTRICA BUSINESS SOLUTIONS SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008042</t>
+  </si>
+  <si>
+    <t>CONSTELLATION ENERGY SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008031</t>
+  </si>
+  <si>
+    <t>ENERGY SOLUTIONS PROFESSIONALS LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008033</t>
+  </si>
+  <si>
+    <t>ENERGY SYSTEMS GROUP, LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008034</t>
+  </si>
+  <si>
+    <t>ENGIE SERVICES U.S. INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008039</t>
+  </si>
+  <si>
+    <t>HONEYWELL INTERNATIONAL INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008035</t>
+  </si>
+  <si>
+    <t>JOHNSON CONTROLS GOVERNMENT SYSTEMS, LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008032</t>
+  </si>
+  <si>
+    <t>LEIDOS ENGINEERING, LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008036</t>
+  </si>
+  <si>
+    <t>LOCKHEED MARTIN CORPORATION</t>
+  </si>
+  <si>
+    <t>DE-EE0008037</t>
+  </si>
+  <si>
+    <t>NORESCO, LLC</t>
+  </si>
+  <si>
+    <t>DE-EE0008038</t>
+  </si>
+  <si>
+    <t>RWE CLEAN ENERGY SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008030</t>
+  </si>
+  <si>
+    <t>SCHNEIDER ELECTRIC BUILDINGS AMERICAS, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008040</t>
+  </si>
+  <si>
+    <t>SIEMENS GOVERNMENT TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008041</t>
+  </si>
+  <si>
+    <t>SOUTHLAND INDUSTRIES</t>
+  </si>
+  <si>
+    <t>DE-EE0008043</t>
+  </si>
+  <si>
+    <t>THE BREWER-GARRETT COMPANY</t>
+  </si>
+  <si>
+    <t>DE-EE0008028</t>
+  </si>
+  <si>
+    <t>TRANE U.S. INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008048</t>
+  </si>
+  <si>
+    <t>WGL ENERGY SYSTEMS, INC.</t>
+  </si>
+  <si>
+    <t>DE-EE0008049</t>
+  </si>
+  <si>
+    <t>TECH SERVICE SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89503425PWA002136</t>
+  </si>
+  <si>
+    <t>S&amp;C Electric 69kv fused disconnect switch in accordance with attached specifications - Upper Great Plains Region</t>
+  </si>
+  <si>
+    <t>ANACAPA MICRO PRODUCTS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD64B / 89503025FWA401013</t>
+  </si>
+  <si>
+    <t>ZSCALER 2025 LICENSE RENEWAL</t>
+  </si>
+  <si>
+    <t>MONTANA</t>
+  </si>
+  <si>
+    <t>237310</t>
+  </si>
+  <si>
+    <t>Highway, Street, and Bridge Construction</t>
+  </si>
+  <si>
+    <t>GILL-OUTBACK JOINT VENTURE</t>
+  </si>
+  <si>
+    <t>89503323CWA000039</t>
+  </si>
+  <si>
+    <t>BEALE AIR FORCE BASE ACCESS ROADS, PADS, AND CAISSON FOUNDATIONS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>VERDER SCIENTIFIC INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000880</t>
+  </si>
+  <si>
+    <t>Carbolite GLO 40/11 Laboratory Vacuum Graphite Hot Walled Retort Furnace for Pyrolysis</t>
+  </si>
+  <si>
+    <t>336411</t>
+  </si>
+  <si>
+    <t>Aircraft Manufacturing</t>
+  </si>
+  <si>
+    <t>RED SIX SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>47QSWA20D002F / 89303024FAU400021</t>
+  </si>
+  <si>
+    <t>New Task Order with Red Six Solutions (under GSA Schedule Contract 47QSWA20D002F) to provide Annual UAS Threat Reporting to EHSS.</t>
+  </si>
+  <si>
+    <t>SPHERA SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>89243322PFE000537</t>
+  </si>
+  <si>
+    <t>GaBi Software Life Cycle Assessment Database Extensions and Maintenance Renewal: Base Period (1 year) from May 1, 2022 through April 30, 2023, Plus Four Additional Option Years</t>
+  </si>
+  <si>
+    <t>517410</t>
+  </si>
+  <si>
+    <t>Satellite Telecommunications</t>
+  </si>
+  <si>
+    <t>GLOBAFONE INC</t>
+  </si>
+  <si>
+    <t>GS35F0074W / 89503025FWA401019</t>
+  </si>
+  <si>
+    <t>Airtime for Satellite Phone 9575</t>
+  </si>
+  <si>
+    <t>NEW HAMPSHIRE</t>
+  </si>
+  <si>
+    <t>RYSTAD ENERGY, INC.</t>
+  </si>
+  <si>
+    <t>89303020CEI000029</t>
+  </si>
+  <si>
+    <t>Upstream Oil &amp; Gas Database &amp; Upstream Analytics Database Subscription for a base plus four years</t>
+  </si>
+  <si>
+    <t>47QRAA18D005Q / 89233121FNA400368</t>
+  </si>
+  <si>
+    <t>Technical Support Services</t>
+  </si>
+  <si>
+    <t>SOUTH CAROLINA</t>
+  </si>
+  <si>
+    <t>MINBURN TECHNOLOGY GROUP, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89243124FSC400661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Microsoft Enterprise Agreement </t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89243125FSC400748</t>
+  </si>
+  <si>
+    <t>Microsoft License Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89243324FFE400575</t>
+  </si>
+  <si>
+    <t>Microsoft Azure Commercial Cloud Subscription (DME) Base POP 5/1/2024 to 4/30/2025; Option Year 1 POP 5/1/2025 to 4/30/2026</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89303124FEM400351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office -Microsoft Enterprise Agreement </t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89303125FEM400407</t>
+  </si>
+  <si>
+    <t>Information Technology Purchase for Portsmouth Paducah Project Office -Microsoft Azure</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89503524FSP400099</t>
+  </si>
+  <si>
+    <t>Microsoft software Enrollment enterprise agreement</t>
+  </si>
+  <si>
+    <t>SITECORE USA, INC.</t>
+  </si>
+  <si>
+    <t>89243125PSC000357</t>
+  </si>
+  <si>
+    <t>Renewal of Sitecore Experience Platform Licenses</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243325FFE400669</t>
+  </si>
+  <si>
+    <t>Juniper Equipment and Subscription Services for Enterprise Wireless Expansion/Upgrade project.</t>
+  </si>
+  <si>
+    <t>WYANDOTTE TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>89243121CSC000092</t>
+  </si>
+  <si>
+    <t>Technical Services Support</t>
+  </si>
+  <si>
+    <t>561720</t>
+  </si>
+  <si>
+    <t>Janitorial Services</t>
+  </si>
+  <si>
+    <t>RELIANCE CONTRACTORS INC.</t>
+  </si>
+  <si>
+    <t>89503421PWA001078</t>
+  </si>
+  <si>
+    <t>MILES CITY JANITORIAL &amp; SNOW REMOVAL CONTRACT BASE PLUS FOUR OPTION YEARS</t>
+  </si>
+  <si>
+    <t>SOUTH DAKOTA ACHIEVE</t>
+  </si>
+  <si>
+    <t>89503421PWA001087</t>
+  </si>
+  <si>
+    <t>JANITORIAL SERVICES FOR THE SIOUX FALLS SERVICE CENTER - BASE YEAR WITH 4 OPTION YEARS</t>
+  </si>
+  <si>
+    <t>HAMILTON ALLIANCE, INC.</t>
+  </si>
+  <si>
+    <t>89503221PWA000293</t>
+  </si>
+  <si>
+    <t>PURCHASE OF TRASH DISPOSAL SERVICES FOR THE ROCKY MOUNTAIN REGION LOCATED IN CASPER WYOMING</t>
+  </si>
+  <si>
+    <t>ANALYTIC ADVANTAGE, INC.</t>
+  </si>
+  <si>
+    <t>89303022CET000015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this award is to acquire tailored courses that emphasize: (a) best practices in the proper and efficient use of various energy and threat analysis techniques and database tools, and the (b) appropriate style and conventions for writing and presenting energy and threat analysis; both skills are requirements. </t>
+  </si>
+  <si>
+    <t>221122</t>
+  </si>
+  <si>
+    <t>Electric Power Distribution</t>
+  </si>
+  <si>
+    <t>VALLEY ELECTRIC ASSOCIATION, INC.</t>
+  </si>
+  <si>
+    <t>DE-NA0001919</t>
+  </si>
+  <si>
+    <t>ELECTRIC POWER SUPPLY CONTRACT FOR THE PURCHASE AND DELIVERY OF ELECTRIC POWER TO THE NEVADA NATIONAL SECURITY SITE FOR NEVADA SITE OFFICE - NSO.</t>
+  </si>
+  <si>
+    <t>NEVADA</t>
+  </si>
+  <si>
+    <t>TETRA TECH, INC.</t>
+  </si>
+  <si>
+    <t>GS00F168CA / 89233122FNA400438</t>
+  </si>
+  <si>
+    <t>Technical Support Services for National Environmental Policy Act (NEPA) Compliance Associated with the Los Alamos National Laboratory</t>
+  </si>
+  <si>
+    <t>561621</t>
+  </si>
+  <si>
+    <t>Security Systems Services (except Locksmiths)</t>
+  </si>
+  <si>
+    <t>OLGOONIK SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89243321CAU000003</t>
+  </si>
+  <si>
+    <t>Technical, Training, Administrative, Analytical, Inspection and Equipment Support for Office of the Associate Under Secretary for Environment, Health, Safety and Security (AU) as a 100% 8(a) small business set-aside. This work effort is comprised of technical surveillance countermeasures, tempest, communications security, protected distribution systems and wireless security.</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503426FWA401809</t>
+  </si>
+  <si>
+    <t>VERMEER BRUSH CHIPPER FOR MONTANA OFFICE</t>
+  </si>
+  <si>
+    <t>ALTEC INDUSTRIES, INC.</t>
+  </si>
+  <si>
+    <t>GS-30F-026GA / 89503424FWA401635</t>
+  </si>
+  <si>
+    <t>PRESSURE DIGGER ON KENWORTH TRUCK CHASSIS FOR SIOUX CITY LINE CREW</t>
+  </si>
+  <si>
+    <t>ALABAMA</t>
+  </si>
+  <si>
+    <t>MACGYVER SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>47QSMA18D08QH / 89503425FWA401772</t>
+  </si>
+  <si>
+    <t>UTV FOR HV LINE CREW</t>
+  </si>
+  <si>
+    <t>GUROBI OPTIMIZATION, LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000858</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(2) Gurobi Optimizer Floating Uses Licenses Subscription 05/06/2025 to 05/05/2026 </t>
+  </si>
+  <si>
+    <t>NNG15SC59B / 89303225FEM400024</t>
+  </si>
+  <si>
+    <t>Primavera P6 License and User Support</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503225FWA400647</t>
+  </si>
+  <si>
+    <t>NOKIA SERVICE AGREEMENT FOR 7705 AND 1830 PRODUCTS</t>
+  </si>
+  <si>
+    <t>NEW JERSEY</t>
+  </si>
+  <si>
+    <t>315990</t>
+  </si>
+  <si>
+    <t>APPAREL ACCESSORIES AND OTHER APPAREL MANUFACTURING</t>
+  </si>
+  <si>
+    <t>89233121CNA000190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Five-Year Contract for Federal Agent Protective Clothing including an individual on-line ordering system and individual fund tracking, NA-15. </t>
+  </si>
+  <si>
+    <t>ENERGY BY NATIVE AMERICAN DESIGN CORP</t>
+  </si>
+  <si>
+    <t>89503425PWA002135</t>
+  </si>
+  <si>
+    <t>T LINE MATERIAL RESTOCK FOR BERESFORD SD</t>
+  </si>
+  <si>
+    <t>DIDLAKE, INC.</t>
+  </si>
+  <si>
+    <t>89303021CMA000062</t>
+  </si>
+  <si>
+    <t>Forrestal Janitorial contract</t>
+  </si>
+  <si>
+    <t>FEDERAL CONTRACTS CORP</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503424FWA401640</t>
+  </si>
+  <si>
+    <t>PRESSURE DIGGER FOR PIERRE LINE CREW</t>
+  </si>
+  <si>
+    <t>KINETIC GLOBAL TECH LLC</t>
+  </si>
+  <si>
+    <t>89503426PWA002153</t>
+  </si>
+  <si>
+    <t>TRANS LINE WAREHOUSE RESTOCK FOR MONTANA MAINT OFFICE</t>
+  </si>
+  <si>
+    <t>FOUR POINTS TECHNOLOGY, L.L.C.</t>
+  </si>
+  <si>
+    <t>NNG15SD22B / 89243323FFE400463</t>
+  </si>
+  <si>
+    <t>Purchase of CentralSight TM Software</t>
+  </si>
+  <si>
+    <t>GREEN WORLD CONTRACTING CORP.</t>
+  </si>
+  <si>
+    <t>89243323DFE000022</t>
+  </si>
+  <si>
+    <t>IDIQ for Construction Services at NETL Locations: Base Contract: 05/16/2023 - 05/15/2026 (36 months) Option I: 05/16/2026 - 05/15/2028 (24 months)</t>
+  </si>
+  <si>
+    <t>Office of Economic Impact and Diversity</t>
+  </si>
+  <si>
+    <t>ALEXTON INCORPORATED</t>
+  </si>
+  <si>
+    <t>89303021CED000001</t>
+  </si>
+  <si>
+    <t>Administrative Support and Communication Specialist Support for Office of Minority Programs</t>
+  </si>
+  <si>
+    <t>chester.scott@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>541199</t>
+  </si>
+  <si>
+    <t>All Other Legal Services</t>
+  </si>
+  <si>
+    <t>SHEARMAN &amp; STERLING LLP</t>
+  </si>
+  <si>
+    <t>89303021CLP000010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LPO is seeking lead outside legal counsel to assist DOE in the evaluation and negotiation of such terms and conditions, and in the preparation of all documents to evidence such terms and conditions of underwriting, structuring, negotiating, and closing a loan in addition to various aspects of the Project described below. The Transaction Counsel must have extensive experience advising clients on commercial transactions involving banks and financial institutions supporting due diligence activities for manufacturing facilities projects for prospective financing. </t>
+  </si>
+  <si>
+    <t>NNG15SD00B / 89503025FWA401016</t>
+  </si>
+  <si>
+    <t>FISCAL YEAR 2025 IQGEO SOFTWARE LICENSE RENEWAL AND MAINTENANCE</t>
+  </si>
+  <si>
+    <t>333243</t>
+  </si>
+  <si>
+    <t>SAWMILL, WOODWORKING, AND PAPER MACHINERY MANUFACTURING</t>
+  </si>
+  <si>
+    <t>89503425PWA002142</t>
+  </si>
+  <si>
+    <t>TREE CHIPPER FOR FA LINE CREW TO REPLACE ASSET # B154111 PER ATTACHED SPEC</t>
+  </si>
+  <si>
+    <t>SHORT POWERLINE SERVICE, LLC</t>
+  </si>
+  <si>
+    <t>89503225PWA000561</t>
+  </si>
+  <si>
+    <t>WAREHOUSE STOCK REPLENISHMENT</t>
+  </si>
+  <si>
+    <t>LNRS DATA SERVICES INC</t>
+  </si>
+  <si>
+    <t>89303023PEI000093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this action is to initiate and award a new subscription with ICIS for their Supply &amp; Demand Database with 5 user licenses, including 2 months of pre-paid consultancy services for a one-year base and two one-year options. Contract Type: Firm Fixed Price </t>
+  </si>
+  <si>
+    <t>OLI SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000890</t>
+  </si>
+  <si>
+    <t>OLI License Renewal POP 05/23/2025 - 05/22/2026</t>
+  </si>
+  <si>
+    <t>NORTHERN TRUCK EQUIPMENT CORPORATION</t>
+  </si>
+  <si>
+    <t>89503425PWA002145</t>
+  </si>
+  <si>
+    <t>UGP Supply and Install 3 Truck Bodies</t>
+  </si>
+  <si>
+    <t>89303021CED000002</t>
+  </si>
+  <si>
+    <t>EEO Administrative Specialist Legal Assistant Level III and EEO Investigative Services support for Civil Rights EEO office.</t>
+  </si>
+  <si>
+    <t>47QMCA18D000G / 89503425FWA401783</t>
+  </si>
+  <si>
+    <t>PURCHASE SIDE DUMP FOR SIOUX CITY &amp; SC/PI LINE CREWS</t>
+  </si>
+  <si>
+    <t>CH2M HILL B&amp;W WEST VALLEY, LLC</t>
+  </si>
+  <si>
+    <t>DE-EM0001529</t>
+  </si>
+  <si>
+    <t>Phase 1 Decommissioning - Facility Disposition activities to take place at DOE's West Valley Demonstration Project (WVDP) in western New York State. Services to be provided include but are not limited to: high level waste canister relocation and storage; contaminated facility decontamination, deactivation, demolition, decommissioning and closure; waste tank farm management; contaminated water management; non-contaminated facility disposition; waste management; operation and maintenance of facilities and infrastructure including the Remote Handled Waste Facility; safeguards and security; janitorial and grounds keeping services; laboratory services; state, Federal and DOE regulatory compliance; radiological monitoring; and administrative support services.</t>
+  </si>
+  <si>
+    <t>333994</t>
+  </si>
+  <si>
+    <t>Industrial Process Furnace and Oven Manufacturing</t>
+  </si>
+  <si>
+    <t>89243325PFE000891</t>
+  </si>
+  <si>
+    <t>IIJA Funding Graphite Vacuum Chamber Furnace and Hot Walled Retort Furnace for Pyrolysis Period of Performance 11 Months After Order Placement</t>
+  </si>
+  <si>
+    <t>541310</t>
+  </si>
+  <si>
+    <t>Architectural Services</t>
+  </si>
+  <si>
+    <t>NAVIGATE BUILDING SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>47QRAA19D002F / 89503625FSW400370</t>
+  </si>
+  <si>
+    <t>Springfield Server Room HVAC Inspection Services</t>
+  </si>
+  <si>
+    <t>GAST CONSTRUCTION COMPANY INC</t>
+  </si>
+  <si>
+    <t>89503423CWA000069</t>
+  </si>
+  <si>
+    <t>JAMESTOWN MAINTENANCE FACILITY, MAINTENANCE OFFICE AND GARAGE, NORTH DAKOTA</t>
+  </si>
+  <si>
+    <t>ACME AUTO LEASING LLC</t>
+  </si>
+  <si>
+    <t>47QMCA21D000G / 89303023FMA400683</t>
+  </si>
+  <si>
+    <t>Lease vehicle for the U.S. Department of Energy, National Nuclear Security Administration (NNSA) under the General Service Administration (GSA), Multiple Award Schedule (MAS), Category 532112, Leasing of Passenger Cars, SUVs, Vans, and Light Truck in accordance with the statement of work. REQ 23MA000051</t>
+  </si>
+  <si>
+    <t>47QMCA21D000G / 89303023FMA400689</t>
+  </si>
+  <si>
+    <t>Provide the U.S. Department of Energy's Office of the Secretary a lease vehicle to vendors under General Service Administration (GSA), Multiple Award Schedule (MAS), Category 532112, Leasing of Passenger Cars, SUVs, Vans, and Light Truck.</t>
+  </si>
+  <si>
+    <t>CONNECTICUT</t>
+  </si>
+  <si>
+    <t>Office of Project Management, Oversight, and Assessment</t>
+  </si>
+  <si>
+    <t>POWERTRAIN INC</t>
+  </si>
+  <si>
+    <t>47QTCA23D003F / 89303025FPM400002</t>
+  </si>
+  <si>
+    <t>Provide Technical Support Services for U.S. Department of Energy</t>
+  </si>
+  <si>
+    <t>GOVPLACE, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC77B / 89503025FWA401029</t>
+  </si>
+  <si>
+    <t>FOLSOM VM ENVIRONMENT REFRESH HPE SERVERS</t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89243325FFE400686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIL-IIJA funds. Autodesk AutoCAD Inventor Renewal POP 5/31/2025 to 5/30/2026 </t>
+  </si>
+  <si>
+    <t>NATIONAL CONDUCTOR, INC.</t>
+  </si>
+  <si>
+    <t>89503424CWA000076</t>
+  </si>
+  <si>
+    <t>FARGO SUBSTATION, 230-KV BUS UPGRADES, ND</t>
+  </si>
+  <si>
+    <t>SES CONSTRUCTORS LLC</t>
+  </si>
+  <si>
+    <t>89303524CEM000017</t>
+  </si>
+  <si>
+    <t>Oak Ridge Office of Environmental Management P1 Pond Weir Dam Repair/Replacement SBA Requirement Number VZ1707851175U</t>
+  </si>
+  <si>
+    <t>511120</t>
+  </si>
+  <si>
+    <t>Periodical Publishers</t>
+  </si>
+  <si>
+    <t>AMERICAN CHEMICAL SOCIETY</t>
+  </si>
+  <si>
+    <t>89243321PFE000425</t>
+  </si>
+  <si>
+    <t>SciFinder Discovery Platform Renewal.</t>
+  </si>
+  <si>
+    <t>517311</t>
+  </si>
+  <si>
+    <t>INTERNET SERVICE PROVIDERS</t>
+  </si>
+  <si>
+    <t>LUMEN TECHNOLOGIES GOVERNMENT SOLUTIONS, INC</t>
+  </si>
+  <si>
+    <t>47QTCA20D0077 / 89503623FSW400260</t>
+  </si>
+  <si>
+    <t>(Base) MADRONA BUILDING CIRCUITS POP 06/01/23 - 05/31/26</t>
+  </si>
+  <si>
+    <t>Office of International Affairs</t>
+  </si>
+  <si>
+    <t>89303025PIA000024</t>
+  </si>
+  <si>
+    <t>Bloomberg Anywhere - 1 year subscription from 06/01/2025 to 5/31/2026. REQ 25IA000020</t>
+  </si>
+  <si>
+    <t>melodie.washington@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>GS-00F-275CA / 89303021FIG400014</t>
+  </si>
+  <si>
+    <t>The purpose of the Delivery/Task Order is to provide Financial Statement Audit Services to the U.S. Department of Energy, Office of Inspector General.</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503025FWA401015</t>
+  </si>
+  <si>
+    <t>FY25 MAXIMO SOFTWARE LICENSES RENEWAL - CONVERSION TO TRM PRIME APPPOINTS</t>
+  </si>
+  <si>
+    <t>541710</t>
+  </si>
+  <si>
+    <t>Research and Development in the Physical, Engineering, and Life Sciences (except Biotechnology)</t>
+  </si>
+  <si>
+    <t>JEFFERSON SCIENCE ASSOCIATES LIMITED LIABILITY COMPANY A SURA/CSC COMPANY</t>
+  </si>
+  <si>
+    <t>DE-AC05-06OR23177</t>
+  </si>
+  <si>
+    <t>MANAGEMENT AND OPERATION OF THE THOMAS JEFFERSON NATIONAL ACCELERATOR FACILITY.</t>
+  </si>
+  <si>
+    <t>J FOSTER &amp; ASSOCIATES LLC</t>
+  </si>
+  <si>
+    <t>89303321DEM000060</t>
+  </si>
+  <si>
+    <t>Cost Estimating Contractor Support Indefinite-Delivery/Indefinite-Quantity Contract</t>
+  </si>
+  <si>
+    <t>561612</t>
+  </si>
+  <si>
+    <t>Security Guards and Patrol Services</t>
+  </si>
+  <si>
+    <t>CHEROKEE NATION INTEGRATED HEALTH, L.L.C.</t>
+  </si>
+  <si>
+    <t>89503624PSW000213</t>
+  </si>
+  <si>
+    <t>SECURITY GUARD SERVICES FOR TULSA HQ</t>
+  </si>
+  <si>
+    <t>JEOL USA, INC.</t>
+  </si>
+  <si>
+    <t>89243325PFE000874</t>
+  </si>
+  <si>
+    <t>JEOL 7600 FESEM Field Emission Scanning Electron Microscope Maintenance Plan POP 06/01/2025 -05/31/2026</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS</t>
+  </si>
+  <si>
+    <t>RIGAKU AMERICAS HOLDING, INC.</t>
+  </si>
+  <si>
+    <t>89243325PFE000887</t>
+  </si>
+  <si>
+    <t>Rigaku Service Agreement Period of performance 06/01/2025 through 05/31/2026</t>
+  </si>
+  <si>
+    <t>811219</t>
+  </si>
+  <si>
+    <t>Other Electronic and Precision Equipment Repair and Maintenance</t>
+  </si>
+  <si>
+    <t>FEI COMPANY</t>
+  </si>
+  <si>
+    <t>89243321PFE000414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annual Maintenance Agreements Renewal of FEI Company¿s Inspect F FEG, Quanta 600 and Quanta 450 Scanning Electron Microscope with 4 one year option periods. 1. SEM FEG INSPECT - InspectF (SN: D8679) Base Year: 06/01/2021 - 05/31/2022 - $24,161.88 Option Year 1: 06/01/2022 - 05/31/2023 - $24,886.68 Option Year 2: 06/01/2023 - 05/31/2024 - $25,633.20 Option Year 3: 06/01/2024 - 05/31/2025 - $26,402.16 Option Year 4: 06/01/2025 - 05/31/2026 - $27,194.16 2. SEM FEG QUANTA - QUANTA600FEG (SN: D9024) Base Year: 06/01/2021 - 05/31/2022 - $40,916.88 Option Year 1: 06/01/2022 - 05/31/2023 - $42,144.36 Option Year 2: 06/01/2023 - 05/31/2024 - $43,408.68 Option Year 3: 06/01/2024 - 05/31/2025 - $44,710.92 Option Year 4: 06/01/2025 - 05/31/2026 - $46,052.16 3. Quanta 450 (SN: 9924260) Base Year: 06/01/2021 - 05/31/2022 - $20,295.72 Option Year 1: 06/01/2022 - 05/31/2023 - $20,904.48 Option Year 2: 06/01/2023 - 05/31/2024 - $21,531.60 Option Year 3: 06/01/2024 - 05/31/2025 - $22,177.44 Option Year 4: 06/01/2025 - 05/31/2026 - $22,842.72 </t>
+  </si>
+  <si>
+    <t>CONSARC CORPORATION</t>
+  </si>
+  <si>
+    <t>89243324PFE000784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRA Funded Laboratory Vacuum Arc Remelt (VAR)/Electro-Slag Remelt (ESR) Furnace </t>
+  </si>
+  <si>
+    <t>335313</t>
+  </si>
+  <si>
+    <t>Switchgear and Switchboard Apparatus Manufacturing</t>
+  </si>
+  <si>
+    <t>E FLOW ELECTRIC INC</t>
+  </si>
+  <si>
+    <t>89503019CWA000004</t>
+  </si>
+  <si>
+    <t>Sierra Nevada Region (SNR) 550-kV Extra High Voltage Dead-Tank Power Circuit Breakers</t>
+  </si>
+  <si>
+    <t>GE GRID SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89503325PWA000407</t>
+  </si>
+  <si>
+    <t>Erecting Engineering and Commissioning Services for GE 550-kV Disconnect Switches 2291 (WT8D) and 2391 (WT8E) at WAPA-SNR¿s Tracy Substation</t>
+  </si>
+  <si>
+    <t>TECHNOMICS, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-103DA / 89233125FNA400662</t>
+  </si>
+  <si>
+    <t>TEP III order to provide Technical Support to the NNSA.</t>
+  </si>
+  <si>
+    <t>STATISTICAL RESEARCH INC</t>
+  </si>
+  <si>
+    <t>GS-10F-0396P / 89503224FWA400537</t>
+  </si>
+  <si>
+    <t>CULTURAL RESOUCE SERVICES</t>
+  </si>
+  <si>
+    <t>NNG15SC59B / 89243125FSC400769</t>
+  </si>
+  <si>
+    <t>Oracle Cloud Services Renewal (GTN)</t>
+  </si>
+  <si>
+    <t>GS-00F-0004U / 89233024FNR400111</t>
+  </si>
+  <si>
+    <t>Acquisition &amp; Financial Management Support Services for Naval Reactors Headquarters (NRHQ)</t>
+  </si>
+  <si>
+    <t>332312</t>
+  </si>
+  <si>
+    <t>Fabricated Structural Metal Manufacturing</t>
+  </si>
+  <si>
+    <t>HUGHES BROTHERS INC</t>
+  </si>
+  <si>
+    <t>89503626PSW000276</t>
+  </si>
+  <si>
+    <t>Purchase of Steel Crossarms and Steel Vee Braces</t>
+  </si>
+  <si>
+    <t>STERLING COMPUTERS CORPORATION</t>
+  </si>
+  <si>
+    <t>NNG15SC20B / 89503025FWA401031</t>
+  </si>
+  <si>
+    <t>FY25 Cisco Catalyst Routers Replacement and Subscription</t>
+  </si>
+  <si>
+    <t>512110</t>
+  </si>
+  <si>
+    <t>Motion Picture and Video Production</t>
+  </si>
+  <si>
+    <t>Grid Deployment Office (GDO)</t>
+  </si>
+  <si>
+    <t>522 PRODUCTIONS, LLC</t>
+  </si>
+  <si>
+    <t>GS-07F-0644W / 89303024FGD400006</t>
+  </si>
+  <si>
+    <t>Video series to reach a more generalized public audience to demonstrate how DOE's Grid Deployment Office's (GDO) efforts to promote a more resilient grid is helping America.</t>
+  </si>
+  <si>
+    <t>531210</t>
+  </si>
+  <si>
+    <t>Offices of Real Estate Agents and Brokers</t>
+  </si>
+  <si>
+    <t>FEASIBILITY RESEARCH GROUP OHIO LLC</t>
+  </si>
+  <si>
+    <t>89233121DNA000030</t>
+  </si>
+  <si>
+    <t>Real Estate Acquisition Services for the DOE/NNSA Office of Infrastructure Planning and Analysis (NA-521).</t>
+  </si>
+  <si>
+    <t>RBN ENERGY LLC</t>
+  </si>
+  <si>
+    <t>89303021PEI000067</t>
+  </si>
+  <si>
+    <t>RBN Backstage Pass - Premium Services data subscription service; Base year plus 4 option years</t>
+  </si>
+  <si>
+    <t>ON POINT ASSOCIATES, LLC</t>
+  </si>
+  <si>
+    <t>89233125CNA000419</t>
+  </si>
+  <si>
+    <t>NA-80 Program Support</t>
+  </si>
+  <si>
+    <t>47QTCA18D008L / 89233123FNA400498</t>
+  </si>
+  <si>
+    <t>Information Technology Research Management Support and Integrated Consulting Services</t>
+  </si>
+  <si>
+    <t>FEDERAL RESOURCES CORPORATION</t>
+  </si>
+  <si>
+    <t>89243125PSC000366</t>
+  </si>
+  <si>
+    <t>Elastic Enterprise Search Vendor: Federal Resources Corporation</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503025FWA401030</t>
+  </si>
+  <si>
+    <t>PALO ALTO LICENSING AND MAINTENANCE Period of Performance June 15 2025 to June 15 2026</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89503023FWA400796</t>
+  </si>
+  <si>
+    <t>PALO ALTO NETWORKS ANNUAL MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>ALPINE ARCHAEOLOGICAL CONSULTANTS INC</t>
+  </si>
+  <si>
+    <t>47QRAA24D0031 / 89503224FWA400534</t>
+  </si>
+  <si>
+    <t>SKOOKUM EDUCATIONAL PROGRAMS</t>
+  </si>
+  <si>
+    <t>89233119CNA000027</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF The contractor is expected to provide services to include: Management Services, Vehicle Maintenance Facility (VMF) and Mobile Electronic Maintenance Facility (MEMF), Facility and Grounds Maintenance and Infrastructure Systems Support at Oak Ridge, TN and Fort Chaffee, AR.</t>
+  </si>
+  <si>
+    <t>FESHARAKI ASSOCIATES CONSULTING &amp; TECHNICAL SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>89303022PEI000085</t>
+  </si>
+  <si>
+    <t>SUMMARY OF ACTION: The purpose of this action is to: 1. Initiate and award a new subscription with FACTS for Iran Oil and Gas Retainer services. 2. Previous Contract #: 89303019PEI000029, which ended 21 March 2022 3. Contract Type: Firm Fixed Price (FFP) 4. Proposed procurement strategy will be sole source justification 5. The estimated cost for the base period and four one-year option periods is $ 267,570.72 6. Period of Performance will be for five (5) years (one 1-Year Base and four 1-Year Options) ¿ Base Year - 20 April 2022 to 19 April 2023, ¿ Option Year 1 - 20 April 2023 to 19 April 2024, ¿ Option Year 2 - 20 April 2024 to 19 April 2025, ¿ Option Year 3 - 20 April 2025 to 19 April 2026, ¿ Option Year 4 - 20 April 2026 to 19 April 2027 7. Fully fund the proposed base period of this new award for $44,220.00, based upon the quote provided by the vendor. Follow-on contract for FACTS Global Energy Online Iran Oil &amp; Gas Service, total six (6) seat-licenses - 2 seats/users $ 38,220.00 - 4 additional seats/users $ 6,000.00</t>
+  </si>
+  <si>
+    <t>Wired Telecommunications Carriers</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS OPERATING, LLC</t>
+  </si>
+  <si>
+    <t>89303321CEM000081</t>
+  </si>
+  <si>
+    <t>West Valley Internet Services - Spectrum Fiber Internet</t>
+  </si>
+  <si>
+    <t>333923</t>
+  </si>
+  <si>
+    <t>Overhead Traveling Crane, Hoist, and Monorail System Manufacturing</t>
+  </si>
+  <si>
+    <t>GS-30F-026GA / 89503425FWA401793</t>
+  </si>
+  <si>
+    <t>MMO COMM BUCKET TRUCK REPACING E304116</t>
+  </si>
+  <si>
+    <t>MONTECH INC.</t>
+  </si>
+  <si>
+    <t>89233121CNA000172</t>
+  </si>
+  <si>
+    <t>Security Services</t>
+  </si>
+  <si>
+    <t>Women Owned Small Business</t>
+  </si>
+  <si>
+    <t>GS-35F-253CA / 89503025FWA401036</t>
+  </si>
+  <si>
+    <t>ESRI ARCGIS MAINTENANCE RENEWAL POP June 21, 2025- June 20, 2026</t>
+  </si>
+  <si>
+    <t>Chief Information Officer</t>
+  </si>
+  <si>
+    <t>KADIAK, LLC</t>
+  </si>
+  <si>
+    <t>89303021CIM000006</t>
+  </si>
+  <si>
+    <t>The OCIO requires IT Management Consulting and Other Support Services to accomplish its mission, strategy, and strategic goals.</t>
+  </si>
+  <si>
+    <t>ronald.austin@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>GUEST, STEVEN G</t>
+  </si>
+  <si>
+    <t>89503425PWA002128</t>
+  </si>
+  <si>
+    <t>Western Area Power Administration (WAPA) Upper Great Plains Region (UGP) to provide and install/replace HVAC equipment at seven (7) locations throughout the region.</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89303124FEM400352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office -Microsoft Unified Support </t>
+  </si>
+  <si>
+    <t>OTTERY GROUP, INC., THE</t>
+  </si>
+  <si>
+    <t>GS-10F-0061X / 89503625FSW400367</t>
+  </si>
+  <si>
+    <t>PHASE 1 ARCHAEOLOGICAL SURVEY FOR SWPA LINE 3007, STRUCTRUES 289-654; INDEPENDENCE, JACKSON, CRAIGHEAD COUNTIES ARKANSAS</t>
+  </si>
+  <si>
+    <t>FIELDS GROUP LLC, THE</t>
+  </si>
+  <si>
+    <t>89303022DMA000026</t>
+  </si>
+  <si>
+    <t>Requisition 22MA000684 was submitted to issue an IDIQ to abate, as necessary, asbestos, lead paint, silica, mold and rodent excrement under controlled conditions to prevent exposure to DOE occupants, visitors, or the environment at all DOE buildings in Washington, DC and Germantown, MD. The Period of Performance is: Base Year 06/24/22 - 06/23/23 Option Year 1 06/24/23 - 06/23/24 Option Year 2 06/24/24 - 06/23/25 Option Year 3 06/24/25 - 06/23/26</t>
+  </si>
+  <si>
+    <t>238220</t>
+  </si>
+  <si>
+    <t>Plumbing, Heating, and Air-Conditioning Contractors</t>
+  </si>
+  <si>
+    <t>JNV GROUP</t>
+  </si>
+  <si>
+    <t>89503122CWA000075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSW FIRE SUPPRESSION SYSTEM UPGRADE PHASE 2 </t>
+  </si>
+  <si>
+    <t>All Other Publishers</t>
+  </si>
+  <si>
+    <t>ALLIUM US HOLDING LLC</t>
+  </si>
+  <si>
+    <t>GS-02F-024DA / 89503025FWA401010</t>
+  </si>
+  <si>
+    <t>FY25 ACCURIS LICENSE RENEWAL</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89233125FNA400701</t>
+  </si>
+  <si>
+    <t>Microsoft Unified Support</t>
+  </si>
+  <si>
+    <t>BAHFED CORP</t>
+  </si>
+  <si>
+    <t>89303025PIG000155</t>
+  </si>
+  <si>
+    <t>Software tool in support of OIG's Office of Investigations.</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503025FWA401034</t>
+  </si>
+  <si>
+    <t>ADOBE SUBSCRIPTION AND MAINTENANCE</t>
+  </si>
+  <si>
+    <t>238160</t>
+  </si>
+  <si>
+    <t>Roofing Contractors</t>
+  </si>
+  <si>
+    <t>BRN GROUP LLC</t>
+  </si>
+  <si>
+    <t>89503425CWA000079</t>
+  </si>
+  <si>
+    <t>SIOUX FALLS SUBSTATION, ROOF REPLACEMENT, WAREHOUSE, OFFICE, AND VEHICLE STORAGE BUILDING, SD</t>
+  </si>
+  <si>
+    <t>NNG15SD37B / 89243125FSC400771</t>
+  </si>
+  <si>
+    <t>ServiceNow Software License Renewal (OR)</t>
+  </si>
+  <si>
+    <t>EMP2, INCORPORATED</t>
+  </si>
+  <si>
+    <t>47QSHA21D001H / 89233122FNA400461</t>
+  </si>
+  <si>
+    <t>PROJECT FACILITOR (PF) TO SUPPORT ENERGY SAVINGS PERFORMANCE CONTRACTS (ESPC) FOR THE NNSA SANDIA FIELD OFFICE, NA-SN.</t>
+  </si>
+  <si>
+    <t>NORTH WIND SITE SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89303321DEM000054</t>
+  </si>
+  <si>
+    <t>The contractor shall perform services including, but not limited to: environmental remediation; demolition and removal of facilities (contaminated); regulatory services; waste management and transportation; and all associated activities. The contractor shall safely and efficiently perform these services in support of the U.S. Department of Energy (DOE) Environmental Management Consolidated Business Center (EMCBC) at the Knolls Atomic Power Laboratory in Niskayuna, NY as well as potential services at the Kesselring Site in West Milton, NY.</t>
+  </si>
+  <si>
+    <t>237110</t>
+  </si>
+  <si>
+    <t>Water and Sewer Line and Related Structures Construction</t>
+  </si>
+  <si>
+    <t>MANOLIS PAINTING, INC.</t>
+  </si>
+  <si>
+    <t>89303022CMA000081</t>
+  </si>
+  <si>
+    <t>Requisition 21MA000516 to is issued for design build water tower repairs and recertification at the Germantown Campus in accordance with the American Water Works Association AWWA for the Firm-Fixed Price amount of $1,582,293.00. The Period of Performance is 08/15/22 to 05/13/2023 (includes 91 days for design phase and 180 days construction phase).</t>
+  </si>
+  <si>
+    <t>WHITE BEAR CONSTRUCTION, INC.</t>
+  </si>
+  <si>
+    <t>89503325CWA000054</t>
+  </si>
+  <si>
+    <t>2025 Access Road Improvements - Path 15 and Oak Run for Sierra Nevada Region</t>
+  </si>
+  <si>
+    <t>332311</t>
+  </si>
+  <si>
+    <t>Prefabricated Metal Building and Component Manufacturing</t>
+  </si>
+  <si>
+    <t>CROWN TECHNICAL SYSTEMS</t>
+  </si>
+  <si>
+    <t>89503323CWA000036</t>
+  </si>
+  <si>
+    <t>BEALE AIR FORCE BASE, PRE-FABRICATED METAL CONTROL BUILDING, Electromagnetic Pulse (EMP) HARDENED</t>
+  </si>
+  <si>
+    <t>334220</t>
+  </si>
+  <si>
+    <t>Radio and Television Broadcasting and Wireless Communications Equipment Manufacturing</t>
+  </si>
+  <si>
+    <t>LGS INNOVATIONS LLC</t>
+  </si>
+  <si>
+    <t>DE-SW0000411</t>
+  </si>
+  <si>
+    <t>10-YEAR SERVICE LIFE CONTRACT TO LGS FOR MDR-8000 RADIO SYSTEM</t>
+  </si>
+  <si>
+    <t>89503124PWA000779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conductors and Line hardware for Vail-Tortolita Transmission Line Rebuild Project in support of Western Area Power Administration Desert Southwest Region </t>
+  </si>
+  <si>
+    <t>493110</t>
+  </si>
+  <si>
+    <t>General Warehousing and Storage</t>
+  </si>
+  <si>
+    <t>TECHNOLOGY VENTURES, INC.</t>
+  </si>
+  <si>
+    <t>89233124CNA000364</t>
+  </si>
+  <si>
+    <t>WAREHOUSING, HANDLING, DISPOSITION AND PROPERTY MANAGEMENT SERVICES IN SUPPORT OF THE NUCLEAR SMUGGLING DETECTION AND DETERRENCE (NSDD) PROGRAM</t>
+  </si>
+  <si>
+    <t>GS-35F-0332T / 89503224FWA400554</t>
+  </si>
+  <si>
+    <t>SPP RTO SOFTWARE</t>
+  </si>
+  <si>
+    <t>OPEN SYSTEMS INTERNATIONAL INC</t>
+  </si>
+  <si>
+    <t>89503025PWA000495</t>
+  </si>
+  <si>
+    <t>To acquire Open Systems International (OSI) monarch Supervisory and Control (SCADA) and Energy Management System (EMS) software license fees.</t>
+  </si>
+  <si>
+    <t>RESFRAC CORPORATION</t>
+  </si>
+  <si>
+    <t>89243326PFE000937</t>
+  </si>
+  <si>
+    <t>Renewal of ResFracPro License POP 01/01/2026 - 06/30/2026</t>
+  </si>
+  <si>
+    <t>MUTUAL TELECOM SERVICES INC.</t>
+  </si>
+  <si>
+    <t>89243121CSC000106</t>
+  </si>
+  <si>
+    <t>OAK RIDGE FEDERAL INTEGRATED COMMUNICATIONS NETWORK (ORF-ICN) OPERATIONS AND MAINTENANCE SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>SKYTRAC SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>89503023PWA000409</t>
+  </si>
+  <si>
+    <t>FY23 SKYTRAC-LATITUDE SERVICES</t>
+  </si>
+  <si>
+    <t>517919</t>
+  </si>
+  <si>
+    <t>GRANITE TELECOMMUNICATIONS, LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-208BA / 89503623FSW400267</t>
+  </si>
+  <si>
+    <t>PHONE AND DATA LINE BILL CONSOLIDATION</t>
+  </si>
+  <si>
+    <t>DNV ENERGY INSIGHTS USA INC.</t>
+  </si>
+  <si>
+    <t>89503625PSW000246</t>
+  </si>
+  <si>
+    <t>2025 Cascade Renewal</t>
+  </si>
+  <si>
+    <t>541513</t>
+  </si>
+  <si>
+    <t>Computer Facilities Management Services</t>
+  </si>
+  <si>
+    <t>CODE PLUS, INC.</t>
+  </si>
+  <si>
+    <t>89303023DFE000002</t>
+  </si>
+  <si>
+    <t>SBA Requirement Number isZG1681477630O: The Office of Petroleum Reserves has a requirement for a contractor to provide support for mission related goals established to ensure program implementation, effectiveness, and continued energy security. The services include: computer programming; client ¿ server applications; network applications; internet and intranet websites; GIS; database development and structuring; information management, security, and cybersecurity.</t>
+  </si>
+  <si>
+    <t>LYME COMPUTER SYSTEMS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC80B / 89243325FFE400694</t>
+  </si>
+  <si>
+    <t>MathWorks Software Maintenance Service for MATLAB and other associated module software</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89243125FSC400783</t>
+  </si>
+  <si>
+    <t>OSTI Buyer: Yvette Wallus Windows and Linux Server Maintenance Vendor: Gear One Enterprise Corporation</t>
+  </si>
+  <si>
+    <t>Office of Clean Energy Demonstrations</t>
+  </si>
+  <si>
+    <t>47QRAA21D003Y / 89243625FCD000014</t>
+  </si>
+  <si>
+    <t>Program Management Support</t>
+  </si>
+  <si>
+    <t>WASEYABEK-CTI ENVIRONMENTAL SERVICES JV LLC</t>
+  </si>
+  <si>
+    <t>89243323PFE000639</t>
+  </si>
+  <si>
+    <t>EA for proposed demolition of Building B-2 at the NETL site in Albany, OR</t>
+  </si>
+  <si>
+    <t>WASHINGTON STATE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>89304022CEM000015</t>
+  </si>
+  <si>
+    <t>The purpose of this procurement is to provide research support services of Low Activity Waste (LAW) glass crystallization processes in support of the DOE/ORP Waste Treatment Process efforts,</t>
+  </si>
+  <si>
+    <t>541714</t>
+  </si>
+  <si>
+    <t>Research and Development in Biotechnology (except Nanobiotechnology)</t>
+  </si>
+  <si>
+    <t>THE LELAND STANFORD JUNIOR UNIVERSITY</t>
+  </si>
+  <si>
+    <t>89303024PFE000117</t>
+  </si>
+  <si>
+    <t>For Stanford University, renew membership in the Stanford Center for Carbon Storage (SCCS) and fund in the amount of $100k for one year.</t>
+  </si>
+  <si>
+    <t>INNOVATIVE TECHNOLOGY PARTNERSHIPS LLC</t>
+  </si>
+  <si>
+    <t>47QRAA18D008Z / 89233120FNA400264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logistics support services to include Logistics Planning and Support, Personal Property Management, Munitions Management, Armory Operations/Firearms Management, Motor Vehicle Operations and Fleet Management, and Administration Support. </t>
+  </si>
+  <si>
+    <t>89243221CNE000020</t>
+  </si>
+  <si>
+    <t>Support is requested for implementation of the Department Of Energy Idaho Operations Office (DOE-ID) Personnel Security Program at the Idaho National Laboratory (INL). The personnel security program work involves the processing, analyzing, adjudicating, and communicating with approximately 4,500 clearance holders or applicants, as well as about 440 in the Human Reliability Program.</t>
+  </si>
+  <si>
+    <t>WILBURN HAULING INC</t>
+  </si>
+  <si>
+    <t>89303024CMA000120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trash removal services and deliver to an approved EPA dumpsite for U.S. Department of Energy (DOE) Headquarters buildings located at Forrestal and Germantown. Recycle services for Germantown location only. </t>
+  </si>
+  <si>
+    <t>89303321DEM000063</t>
+  </si>
+  <si>
+    <t>CTAC 2021 - Carlsbad Field Office (CBFO) Technical Assistance Contract</t>
+  </si>
+  <si>
+    <t>713940</t>
+  </si>
+  <si>
+    <t>Fitness and Recreational Sports Centers</t>
+  </si>
+  <si>
+    <t>FITNESS EXPERIENCE ALBANY, INC.</t>
+  </si>
+  <si>
+    <t>89243321PFE000433</t>
+  </si>
+  <si>
+    <t>Fitness Facility Membership.</t>
+  </si>
+  <si>
+    <t>WINGSWEPT, LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-0218X / 89303024FAU400023</t>
+  </si>
+  <si>
+    <t>To issue a new task order to WingSwept under the GSA Schedule Number GS-35F-0218X to purchase Software as a Service for the Case Management and Tracking System. CID: TBD.</t>
+  </si>
+  <si>
+    <t>COGENT SECURITY CONSULTING LLC</t>
+  </si>
+  <si>
+    <t>GS-00F-301DA / 89233125FNA400660</t>
+  </si>
+  <si>
+    <t>U.S. Department of Energy National Nuclear Security Administration (DOE/NNSA) Office of Defense Nuclear Security (NA-70)Operational/Administrative Business Support Services</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243125FSC400781</t>
+  </si>
+  <si>
+    <t>Red Hat Licenses</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89243125FSC400791</t>
+  </si>
+  <si>
+    <t>Renewal of Zoom FedRAMP Licenses</t>
+  </si>
+  <si>
+    <t>541810</t>
+  </si>
+  <si>
+    <t>Advertising Agencies</t>
+  </si>
+  <si>
+    <t>CHICKASAW MANAGEMENT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>47QRAA20D0012 / 89233121FNA400377</t>
+  </si>
+  <si>
+    <t>Support to Department of Energy, National Nuclear Security Administration Office of Research, Development, Test, and Evaluation Academic Programs</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89233123FNA400504</t>
+  </si>
+  <si>
+    <t>Palo Alto Networks Enterprise License Agreement (ELA) for the National Nuclear Security Administration (NNSA)</t>
+  </si>
+  <si>
+    <t>WELLSPRING WORLDWIDE INC.</t>
+  </si>
+  <si>
+    <t>89303021CGC000005</t>
+  </si>
+  <si>
+    <t>This award is to modernize the intellectual property data system to effectively and securely manage intellectual property for the Office of General Counsel for the Firm-Fixed Price amount of $1,095,000.00. The Period of Performance is Base Year 1/15/21 to 1/14/22 Option 1 1/15/22 to 1/14/23 Option 2 1/15/23 to 1/14/24 Option 3 1/15/24 to 1/14/25 Option 4 1/15/25 to 1/14/26</t>
+  </si>
+  <si>
+    <t>GREY STREET CONSULTING, LLC</t>
+  </si>
+  <si>
+    <t>89243121CSC000095</t>
+  </si>
+  <si>
+    <t>SBIR/STTR Support Services to the Department of Energy (DOE), Small Business Innovation Research (SBIR) and Small Business Technology Transfer (STTR) Programs Office.</t>
+  </si>
+  <si>
+    <t>MALVERN PANALYTICAL INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000902</t>
+  </si>
+  <si>
+    <t>Malvern Panalytical Service Agreement Renewal POP 07/16/2025 - 07/15/2026</t>
+  </si>
+  <si>
+    <t>CONVERGE POINT INC</t>
+  </si>
+  <si>
+    <t>47QTCA23D007C / 89503025FWA401028</t>
+  </si>
+  <si>
+    <t>To acquire annual licenses for ConvergePoint software.</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89243325FFE400692</t>
+  </si>
+  <si>
+    <t>Service Now Annual Subscription Renewal for POP 7/16/25 - 7/15/26.</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89243325FFE400693</t>
+  </si>
+  <si>
+    <t>Renewal Enterprise Architecture Professional - Business Application ServiceNow - PROD23527 POP 07/16/25 - 07/15/25</t>
+  </si>
+  <si>
+    <t>541720</t>
+  </si>
+  <si>
+    <t>Research and Development in the Social Sciences and Humanities</t>
+  </si>
+  <si>
+    <t>BW RESEARCH PARTNERSHIP INC</t>
+  </si>
+  <si>
+    <t>89303025COP000002</t>
+  </si>
+  <si>
+    <t>2025 United States Energy and Employment Report (USEER)</t>
+  </si>
+  <si>
+    <t>DOW JONES &amp; CO INC</t>
+  </si>
+  <si>
+    <t>89243322PFE000559</t>
+  </si>
+  <si>
+    <t>Subscription: Dow Jones - Thermal Coal Steel / Raw Materials</t>
+  </si>
+  <si>
+    <t>VETERAN INFORMATION TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD41B / 89503124FWA400583</t>
+  </si>
+  <si>
+    <t>COMMUNICATIONS EQUIPTMENT (TELEPHONE AND FIBER OPTICS)-Nokia 1830 Wavelength division multiplexing Equipment (communications standard multiplexer/router)</t>
+  </si>
+  <si>
+    <t>DUN &amp; BRADSTREET, INC</t>
+  </si>
+  <si>
+    <t>89303025PIG000153</t>
+  </si>
+  <si>
+    <t>DOE Office of Inspector General Division of Technology within the Office of Management - Renewal of a Direct+ Data Blocks records system with Dun &amp; Bradstreet Inc. This purchase order is IAW the terms and conditions agreed upon under the Library of Congress Procurement Contract Vehicle (FEDLINK) contract No. LCFDL23D0026.</t>
+  </si>
+  <si>
+    <t>89243322PFE000560</t>
+  </si>
+  <si>
+    <t>Thermo Electron Maintenance Support Plans for Thermo Dionex 500 Ion Chromatograph components 075962, 074926, and 079976. Base year plus three, one-year optional periods through 2026.</t>
+  </si>
+  <si>
+    <t>WHITE &amp; CASE LLP</t>
+  </si>
+  <si>
+    <t>89303025CGC000010</t>
+  </si>
+  <si>
+    <t>Obtain Outside Counsel Services for Subject Matter Expert (SME) support associated with Section 202(c) of the Federal Power Act (FPA)</t>
+  </si>
+  <si>
+    <t>ACCESSAGILITY LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC23B / 89503025FWA401045</t>
+  </si>
+  <si>
+    <t>AVEPOINT CLOUD AND TAM GOVERNANCE ENT SRVC</t>
+  </si>
+  <si>
+    <t>EDGEWATER FEDERAL SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>47QRAA19D0039 / 89303025FAU400024</t>
+  </si>
+  <si>
+    <t>Technical and administrative support resources to maintain the applications and infrastructure of the Office of Environment, Health, Safety and Security (EHSS).</t>
+  </si>
+  <si>
+    <t>PAF ELECTRICAL, INC.</t>
+  </si>
+  <si>
+    <t>89503126PWA000868</t>
+  </si>
+  <si>
+    <t>Brand name purchase for General Electric dashpots and 1.2-liter batches of accompanying specialized insulating oil-DPUSL4260119615/Dashpot FKF2 9 HGF1000 and DPGEH4260326601/Nynas Nyswitcho 3X oil for Henderson Substation: Western Area Power Administration Desert Southwest Region</t>
+  </si>
+  <si>
+    <t>SDVO SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD32B / 89243325FFE400689</t>
+  </si>
+  <si>
+    <t>Infoblox DNS, DHCP, IPAM (DDI) Project Renewal Period of Performance July 24, 2025 - July 23, 2026, 1 year of maintenance and service for software See attachment 1 for full list of item requirement details</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243125FSC400784</t>
+  </si>
+  <si>
+    <t>NetApp CVO Cloud Backup Service</t>
+  </si>
+  <si>
+    <t>BESTWAY ELECTRIC MOTOR SERVICE CO., INC.</t>
+  </si>
+  <si>
+    <t>89503121CWA000063</t>
+  </si>
+  <si>
+    <t>OIL WATER SEPARATOR AND SEWER LIFT STATION PREVENTATIVE MAINTENANCE SERVICES, 28 JULY 2021 - 27 JULY 2022 WITH FOUR OPTION YEARS, WESTERN AREA POWER ADMINISTRATION, DESERT SOUTHWEST REGION</t>
+  </si>
+  <si>
+    <t>TRANSOURCE SERVICES CORP.</t>
+  </si>
+  <si>
+    <t>NNG15SD55B / 89243125FSC400787</t>
+  </si>
+  <si>
+    <t>Pure SAN Annual Maintenance</t>
+  </si>
+  <si>
+    <t>BENTLEY SYSTEMS, INCORPORATED</t>
+  </si>
+  <si>
+    <t>89243325PFE000910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leapfrog Geo &amp; Edge Extension Software Subscriptions </t>
+  </si>
+  <si>
+    <t>ADVANCED SYSTEMS FOR POWER ENGINEERING, INC.</t>
+  </si>
+  <si>
+    <t>89503023PWA000413</t>
+  </si>
+  <si>
+    <t>ASPEN ONELINER MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89243225FNE400200</t>
+  </si>
+  <si>
+    <t>Purchase VMware Licensing Support Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SD08B / 89243325FFE400685</t>
+  </si>
+  <si>
+    <t>Palo Alto Firewalls Maintenance Agreement Period of Performance: 14 months total; beginning and ending dates specific to each item</t>
+  </si>
+  <si>
+    <t>AGILENT TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>GS-07F-0564X / 89243322FFE400402</t>
+  </si>
+  <si>
+    <t>Maintenance/Service Agreement (Crosslab Silver-Extended).</t>
+  </si>
+  <si>
+    <t>DELAWARE</t>
+  </si>
+  <si>
+    <t>89303020CIG000002</t>
+  </si>
+  <si>
+    <t>Provide Operational and Maintenance Support Services to the Department of Energy</t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89503625FSW400352</t>
+  </si>
+  <si>
+    <t>ORBIT ANALYTICS RENEWAL 2025</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503625FSW400359</t>
+  </si>
+  <si>
+    <t>2025 Cisco SmartNet Renewal</t>
+  </si>
+  <si>
+    <t>MCLANE ADVANCED TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>W52P1J-18-D-A005 / 89233121FNA400365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOE/NNSA IT Support Services NA-15- Total Small-Business Set-Aside RFP. </t>
+  </si>
+  <si>
+    <t>NNG15SD37B / 89243125FSC400778</t>
+  </si>
+  <si>
+    <t>VMWare Maintenance</t>
+  </si>
+  <si>
+    <t>SOFTWARE INFORMATION RESOURCE CORP.</t>
+  </si>
+  <si>
+    <t>NNG15SD74B / 89503025FWA401061</t>
+  </si>
+  <si>
+    <t>SAFRAN SECURE SYNCH ANTI JAM ANTENNAS AND BROADSHIELD LICENCE SUITE</t>
+  </si>
+  <si>
+    <t>WILDFLOWER INTERNATIONAL, LTD.</t>
+  </si>
+  <si>
+    <t>NNG15SD05B / 89243325FFE400703</t>
+  </si>
+  <si>
+    <t>Juniper Maintenance Support Service for POP 8/1/25- 7/31/26.</t>
+  </si>
+  <si>
+    <t>COLIBRI ECOLOGICAL CONSULTING, LLC</t>
+  </si>
+  <si>
+    <t>47QRAA21D0018 / 89503325FWA400184</t>
+  </si>
+  <si>
+    <t>Biological Support Services for Path 15 Transmission Line Access Roadwork, Sierra Nevada Region</t>
+  </si>
+  <si>
+    <t>488210</t>
+  </si>
+  <si>
+    <t>Support Activities for Rail Transportation</t>
+  </si>
+  <si>
+    <t>CSX TRANSPORTATION, INC</t>
+  </si>
+  <si>
+    <t>89303725PEM000311</t>
+  </si>
+  <si>
+    <t>CSX Agreement Railroad inspection and maintenance for a one (1) year performance period.</t>
+  </si>
+  <si>
+    <t>PARKS AND RECREATION, CALIFORNIA DEPARTMENT OF</t>
+  </si>
+  <si>
+    <t>89503321PWA000163</t>
+  </si>
+  <si>
+    <t>REIMBURSABLE AGREEMENT WITH CALIFORNIA DEPT PARKS AND RECREATION OFFICE OF HISTORIC PRESERVATION OFFICER (SHPO)</t>
+  </si>
+  <si>
+    <t>GS-10F-0164V / 89233121FNA400339</t>
+  </si>
+  <si>
+    <t>U.S. Department of Energy National Nuclear Security Administration (DOE/NNSA) Office of Acquisition &amp; Project Management (NA-APM) Operational/Administrative Business Support Services</t>
+  </si>
+  <si>
+    <t>213112</t>
+  </si>
+  <si>
+    <t>Support Activities for Oil and Gas Operations</t>
+  </si>
+  <si>
+    <t>ASRC CONSULTING &amp; ENVIRONMENTAL SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89243321CFE000064</t>
+  </si>
+  <si>
+    <t>Alaska Gas Hydrate Project</t>
+  </si>
+  <si>
+    <t>516210</t>
+  </si>
+  <si>
+    <t>Media Streaming Distribution Services, Social Networks, and Other Media Networks and Content Providers</t>
+  </si>
+  <si>
+    <t>Manufacturing and Energy Supply Chain</t>
+  </si>
+  <si>
+    <t>SAYARI ANALYTICS, LLC</t>
+  </si>
+  <si>
+    <t>89303025PMS000012</t>
+  </si>
+  <si>
+    <t>Map and Graph modules on Sayari platform</t>
+  </si>
+  <si>
+    <t>FOUR LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC73B / 89243125FSC400794</t>
+  </si>
+  <si>
+    <t>OSTI Buyer: Natalie Barnett Palo Alto Cortex Vendor: Four, Inc.</t>
+  </si>
+  <si>
+    <t>LBYD FEDERAL, LLC</t>
+  </si>
+  <si>
+    <t>89243124CSC000166</t>
+  </si>
+  <si>
+    <t>Administrative and Support Services for the Office of Science Organizations within the Department of Energy</t>
+  </si>
+  <si>
+    <t>89233124CNA000380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Contractor shall perform all work associated on this contact in accordance with Attachment 1, "Statement of Work (SOW)" entitled, "Atch 1_SOW_Building 1779_TRACOM PTF Renovation," dated 6-Feb-2024. A. Design/Build Title: Office of Secure Transportation (OST) Training Command (TRACOM) Physical Training Facility (PTF) Renovation at Fort Chaffee, AR. B. This project has been designated as a non-competitive 8(a) Set-Aside/Direct Award for an Alaska Native Corporation (ANC). SBA Requirement #QV1707239088L C. NAICS is 236220; SB size standard is $45M. E. Point of Contacts: Contracting Officer Jennifer Quartemont at jennifer.quartemont@nnsa.doe.gov and Contract Specialist, Jason Pham at jason.pham@nnsa.doe.gov. </t>
+  </si>
+  <si>
+    <t>MALACHITE TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000908</t>
+  </si>
+  <si>
+    <t>Microwave Ore Processing Unit Delivery Period of Performance: 1 year (12 months) after award</t>
+  </si>
+  <si>
+    <t>NEW TECH SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>89303222PEM000020</t>
+  </si>
+  <si>
+    <t>Five (5) Deltek Cobra and three (3) Acumen Fuse Licenses with annual maintenance.</t>
+  </si>
+  <si>
+    <t>89243322PFE000565</t>
+  </si>
+  <si>
+    <t>FEI Company (Thermo Fisher Scientific) Service Agreement for the Apreo2-C Field Emission Scanning Electron Microscope</t>
+  </si>
+  <si>
+    <t>221112</t>
+  </si>
+  <si>
+    <t>Fossil Fuel Electric Power Generation</t>
+  </si>
+  <si>
+    <t>U.S. DOE/NETL</t>
+  </si>
+  <si>
+    <t>MONONGAHELA POWER COMPANY</t>
+  </si>
+  <si>
+    <t>GS00P07BSD0527 / DE-DT0011403</t>
+  </si>
+  <si>
+    <t>Electric utility service Morgantown, West Virginia. IGF::OT::IGF</t>
+  </si>
+  <si>
+    <t>jennifer.scharrer@netl.doe.gov</t>
+  </si>
+  <si>
+    <t>ENERGY MANAGEMENT ENGINEERING, INC.</t>
+  </si>
+  <si>
+    <t>GS-21F-055AA / 89243421FEE400222</t>
+  </si>
+  <si>
+    <t>FEMP Project Facilitation (PF) Services for Energy Savings Performance Contract (ESPC) Project PF 505, National Renewable Energy Laboratory (NREL) ESPC, Golden, CO ___</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89243323FFE400499</t>
+  </si>
+  <si>
+    <t>HP Synergy Composer V2 Appliance Kit and 3 year Essential Service Support POP 3 years from award date</t>
+  </si>
+  <si>
+    <t>321991</t>
+  </si>
+  <si>
+    <t>Manufactured Home (Mobile Home) Manufacturing</t>
+  </si>
+  <si>
+    <t>WILLIAMS SCOTSMAN INC</t>
+  </si>
+  <si>
+    <t>GS-07F-0257M / 89303321FEM400234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Willscot contract for a single office trailer and two canopy leases. </t>
+  </si>
+  <si>
+    <t>ANSYS INC</t>
+  </si>
+  <si>
+    <t>47QTCA23D008L / 89243325FFE400704</t>
+  </si>
+  <si>
+    <t>ANSYS Technology software Period of performance is 8/15/25 to 8/14/26</t>
+  </si>
+  <si>
+    <t>541715</t>
+  </si>
+  <si>
+    <t>Research and Development in the Physical, Engineering, and Life Sciences (except Nanotechnology and Biotechnology)</t>
+  </si>
+  <si>
+    <t>THE JOHNS HOPKINS UNIVERSITY APPLIED PHYSICS LABORATORY LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000832</t>
+  </si>
+  <si>
+    <t>REDS (Rare Earth DisilicateS) Support related project Enable Use of CMC Materials in High Efficiency Hydrogen Turbines as part of the Advanced Materials multiyear research program with Johns Hopkins</t>
+  </si>
+  <si>
+    <t>NNG15SD37B / 89303125FEM400427</t>
+  </si>
+  <si>
+    <t>Information Technology Purchase for Portsmouth Paducah Project Office - Attack IQ</t>
+  </si>
+  <si>
+    <t>PROJECT ENHANCEMENT CORPORATION</t>
+  </si>
+  <si>
+    <t>GS-00F-0004T / 89233119FNA400238</t>
+  </si>
+  <si>
+    <t>NEW SUPPORT SERVICE CONTRACT, TRAINING &amp; FEDERAL AGENT SUPPORT FOR OFFICE OF SECURE TRANSPORTATION - NA-15.</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503225FWA400692</t>
+  </si>
+  <si>
+    <t>UTILITY SERVICE TRUCK - BRUSH</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503225FWA400696</t>
+  </si>
+  <si>
+    <t>UTILITY SERVICE TRUCK - GERING</t>
+  </si>
+  <si>
+    <t>DH TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC70B / 89503025FWA401073</t>
+  </si>
+  <si>
+    <t>DELL EMC MAINTENANCE</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89503625FSW400354</t>
+  </si>
+  <si>
+    <t>2025 Zscaler Renewal</t>
+  </si>
+  <si>
+    <t>BENCHMARK MINERAL INTELLIGENCE LIMITED</t>
+  </si>
+  <si>
+    <t>89303025PMS000013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Three (3) Critical Minerals Data Platform Subscription Licenses. </t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503025FWA401046</t>
+  </si>
+  <si>
+    <t>F5 LOAD BALANCE MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>89303024PFE000118</t>
+  </si>
+  <si>
+    <t>Benchmark Minerals Rare Earth Subscriptions: REE Forecast and REE ESG Report</t>
+  </si>
+  <si>
+    <t>89303022CET000017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subscription products from Benchmark Mineral Intelligence. </t>
+  </si>
+  <si>
+    <t>RED CARROT INC</t>
+  </si>
+  <si>
+    <t>89303023CLP000068</t>
+  </si>
+  <si>
+    <t>The purpose of this contract is to obtain services from Red Carrot, an SBA 8(a) business, for a subscription to Meltwater News US Inc products for five (5) users for the purpose of media list research, media monitoring, issues tracking, earned media reporting, and social media listening.</t>
+  </si>
+  <si>
+    <t>SFS CHEMICAL SAFETY INC.</t>
+  </si>
+  <si>
+    <t>89243322PFE000569</t>
+  </si>
+  <si>
+    <t>EMS-Chemical Inventory Software Annual Support and Maintenance</t>
+  </si>
+  <si>
+    <t>STREET LEGAL INDUSTRIES, INC</t>
+  </si>
+  <si>
+    <t>47QRAA19D00A7 / 89233121FNA400387</t>
+  </si>
+  <si>
+    <t>NON-HAZARDOUS INTEGRATED SOLID WASTE MANAGEMENT SERVICES</t>
+  </si>
+  <si>
+    <t>MARY HELEN PARKEY</t>
+  </si>
+  <si>
+    <t>89503425PWA002140</t>
+  </si>
+  <si>
+    <t>This is an urgent requirement for the replacement of 93 defective Trench transformer bushings throughout WAPA's region.</t>
+  </si>
+  <si>
+    <t>541110</t>
+  </si>
+  <si>
+    <t>Offices of Lawyers</t>
+  </si>
+  <si>
+    <t>CLIFFORD CHANCE US LLP</t>
+  </si>
+  <si>
+    <t>89303021DLP000005</t>
+  </si>
+  <si>
+    <t>Programmatic Legal Services and Distressed Assets Legal Services in support of the LPO credit programs which includes Title XVII; ATVM; and, TELGP.</t>
+  </si>
+  <si>
+    <t>NORTON ROSE FULBRIGHT US LLP</t>
+  </si>
+  <si>
+    <t>89303021DLP000006</t>
+  </si>
+  <si>
+    <t>SKADDEN, ARPS, SLATE, MEAGHER &amp; FLOM LLP</t>
+  </si>
+  <si>
+    <t>89303021DLP000007</t>
+  </si>
+  <si>
+    <t>The U.S. Department of Energy (DOE), Loan Programs Office (LPO) has a requirement for Programmatic Legal Services and Distressed Assets Legal Services in support of the LPO credit programs which includes Title XVII; ATVM; and, TELGP.</t>
+  </si>
+  <si>
+    <t>CDW GOVERNMENT LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC04B / 89243125FSC400798</t>
+  </si>
+  <si>
+    <t>CyberArk Maintenance Vendor: CDW-G</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503625FSW400356</t>
+  </si>
+  <si>
+    <t>SPLUNK RENEWAL 2025</t>
+  </si>
+  <si>
+    <t>NNG15SC69B / 89503025FWA401043</t>
+  </si>
+  <si>
+    <t>Annual purchase to renew Corelight subscription licenses and hardware maintenance and support</t>
+  </si>
+  <si>
+    <t>621999</t>
+  </si>
+  <si>
+    <t>All Other Miscellaneous Ambulatory Health Care Services</t>
+  </si>
+  <si>
+    <t>CHENEGA HEALTHCARE SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89233120CNA000130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medical Support Services for the DOE/NNSA Office of Secure Transportation - NA-15. </t>
+  </si>
+  <si>
+    <t>CLARIVATE ANALYTICS (US) LLC</t>
+  </si>
+  <si>
+    <t>89243425PEE000090</t>
+  </si>
+  <si>
+    <t>Clarivate - Web of Science Subscription</t>
+  </si>
+  <si>
+    <t>325920</t>
+  </si>
+  <si>
+    <t>Explosives Manufacturing</t>
+  </si>
+  <si>
+    <t>ENSIGN-BICKFORD AEROSPACE &amp; DEFENSE COMPANY</t>
+  </si>
+  <si>
+    <t>89233121DNA000031</t>
+  </si>
+  <si>
+    <t>Award a Firm Fixed Price Indefinite Delivery/Indefinite Quantity (ID/IQ)contract with a five year ordering period for Integrated Breaching Strip Assemblies and 15M Instant Integral Firing Devices for Door Breaching, 2021-PR-0033.</t>
+  </si>
+  <si>
+    <t>KELYN TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>GS-35F-043GA / 89503625FSW400360</t>
+  </si>
+  <si>
+    <t>Commvault Renewal 2025</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243125FSC400796</t>
+  </si>
+  <si>
+    <t>Crowdstrike Endpoint Security</t>
+  </si>
+  <si>
+    <t>ENTERPRISE TECHNOLOGY SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD76B / 89503025FWA401065</t>
+  </si>
+  <si>
+    <t>NETWRIX CHANGE TRACKER LICENSES</t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89243125FSC400797</t>
+  </si>
+  <si>
+    <t>VMware Horizon 8 Enterprise RedHawk IT Solutions, LLC</t>
+  </si>
+  <si>
+    <t>AUGUST SCHELL ENTERPRISES, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD80B / 89243125FSC400795</t>
+  </si>
+  <si>
+    <t>Splunk 30GB License Vendor: August Schell Enterprises</t>
+  </si>
+  <si>
+    <t>NNG15SD80B / 89503625FSW400358</t>
+  </si>
+  <si>
+    <t>RedHat Enterprise Renewal 2025</t>
+  </si>
+  <si>
+    <t>424720</t>
+  </si>
+  <si>
+    <t>Petroleum and Petroleum Products Merchant Wholesalers (except Bulk Stations and Terminals)</t>
+  </si>
+  <si>
+    <t>ATLANTIC TRADING &amp; MARKETING, INC.</t>
+  </si>
+  <si>
+    <t>89243524CCR000047</t>
+  </si>
+  <si>
+    <t>Purchase of Approximately Three (3) Million Barrels of US Produced Sour Crude Oil for the Strategic Petroleum Reserve</t>
+  </si>
+  <si>
+    <t>MICROHEALTH, LLC</t>
+  </si>
+  <si>
+    <t>89303024CMA000123</t>
+  </si>
+  <si>
+    <t>The maintenance and enhancement of the FIMS and CAIS applications requires contractor support to ensure the continued operation of the system software and supporting hardware.</t>
+  </si>
+  <si>
+    <t>ALLEN &amp; OVERY LLP</t>
+  </si>
+  <si>
+    <t>89303021DLP000004</t>
+  </si>
+  <si>
+    <t>OAK RIDGE UTILITY DISTRICT</t>
+  </si>
+  <si>
+    <t>89243123PSC000271</t>
+  </si>
+  <si>
+    <t>Natural Gas Odorization</t>
+  </si>
+  <si>
+    <t>89303021PAU000034</t>
+  </si>
+  <si>
+    <t>Motorola APX NEXT Radios and related services for AU-1.23, Office of Special Operations</t>
+  </si>
+  <si>
+    <t>NNG15SD12B / 89303723FEM400295</t>
+  </si>
+  <si>
+    <t>Pure Storage //Evergreen storage and 36 month support (See Attachment 1 for Site breakdown) POC: Lewann Belton, lewann.belton@srs.gov, 803-952-7705</t>
+  </si>
+  <si>
+    <t>NNG15SC69B / 89243325FFE400713</t>
+  </si>
+  <si>
+    <t>Oracle ODA License Renewal for POP 9/1/25 - 8/31/26</t>
+  </si>
+  <si>
+    <t>NNG15SC69B / 89503025FWA401068</t>
+  </si>
+  <si>
+    <t>To acquire Oracle Premier Support software maintenance formerly known as ELA, non-ELA, and Federal Financial maintenance.</t>
+  </si>
+  <si>
+    <t>FCN, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC71B / 89503025FWA401035</t>
+  </si>
+  <si>
+    <t>FY25 Solarwinds Orion Software License Renewal and Maintenance</t>
+  </si>
+  <si>
+    <t>NNG15SD37B / 89503023FWA400789</t>
+  </si>
+  <si>
+    <t>DELL POWER PROTECT DATA MANAGER SOFTWARE/LICENSES FOR SCADA</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503025FWA401066</t>
+  </si>
+  <si>
+    <t>AVEVA PI HISTORIAN ANNUAL SUPPORT</t>
+  </si>
+  <si>
+    <t>NNG15SD74B / 89243325FFE400708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMSOL Software Support Subscription Floating Network License Renewal. POP 9/1/25 - 8/31/26 </t>
+  </si>
+  <si>
+    <t>EATON CORPORATION</t>
+  </si>
+  <si>
+    <t>47QSMS25D0003 / 89503325FWA400204</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply (UPS) Maintenance and Service - SNR, Sacramento Power Operations, Folsom, CA</t>
+  </si>
+  <si>
+    <t>89503321PWA000169</t>
+  </si>
+  <si>
+    <t>The Western Area Power Administration (WAPA), Sierra Nevada Region (SNR) requires maintenance for an Eaton Uninteruppted Power Supply (UPS) at the Elverta substation. BASE PLUS 4 OPTION YEARS</t>
+  </si>
+  <si>
+    <t>621111</t>
+  </si>
+  <si>
+    <t>Offices of Physicians (except Mental Health Specialists)</t>
+  </si>
+  <si>
+    <t>VETERAN CLINICAL SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89503122CWA000073</t>
+  </si>
+  <si>
+    <t>MEDICAL SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>ASTRO SYSTEMS CORP</t>
+  </si>
+  <si>
+    <t>89503621DSW000006</t>
+  </si>
+  <si>
+    <t>INDEFINITE DELIVERY/INDEFINITE QUANTITY (IDIQ) CONTRACT FOR GENERAL COMMUNICATION SITE TOWER MAINTENANCE</t>
+  </si>
+  <si>
+    <t>PORT GRAHAM DEVELOPMENT CORPORATION</t>
+  </si>
+  <si>
+    <t>89503621DSW000005</t>
+  </si>
+  <si>
+    <t>Computer and Computer Peripheral Equipment and Software Mercant Wholesalers</t>
+  </si>
+  <si>
+    <t>CARAHSOFT TECHNOLOGY CORP.</t>
+  </si>
+  <si>
+    <t>47QSWA18D008F / 89503525FSP400118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Splunk Enterprise Annual Renewal Support for 1 Year </t>
+  </si>
+  <si>
+    <t>NNG15SD76B / 89243125FSC400802</t>
+  </si>
+  <si>
+    <t>Caveonix Maintenance Vendor: Enterprise Technology Solutions</t>
+  </si>
+  <si>
+    <t>V3GATE, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD27B / 89243325FFE400711</t>
+  </si>
+  <si>
+    <t>Proofpoint Security Education Platform for POP 9/5/25 - 9/4/26</t>
+  </si>
+  <si>
+    <t>ATLANTIC COUNCIL OF THE UNITED STATES, INC. (THE)</t>
+  </si>
+  <si>
+    <t>89303025PIA000025</t>
+  </si>
+  <si>
+    <t>New contract to organize the Partnership for Transatlantic Energy Corporation (P-TEC) Ministerial and Business Forum in Athens, Greece, from November 6 - 7, 2025.</t>
+  </si>
+  <si>
+    <t>811212</t>
+  </si>
+  <si>
+    <t>WINVALE GROUP, LLC (THE)</t>
+  </si>
+  <si>
+    <t>GS35F0074S / 89243121FSC400321</t>
+  </si>
+  <si>
+    <t>Media monitoring service with accessibility to contact information for reports and science and technology.</t>
+  </si>
+  <si>
+    <t>89503425PWA002141</t>
+  </si>
+  <si>
+    <t>MISC T LINE SUPPLIES FOR NDMO</t>
+  </si>
+  <si>
+    <t>GS-00F-0004U / 89233024FNR400114</t>
+  </si>
+  <si>
+    <t>Procurement Support Services for Naval Reactors Laboratory Field Office Contracts Division</t>
+  </si>
+  <si>
+    <t>STANDARD-BLAZAR, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD70B / 89503025FWA401076</t>
+  </si>
+  <si>
+    <t>TRELLIX PCAP MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>TIERRA RIGHT OF WAY SERVICES, LTD.</t>
+  </si>
+  <si>
+    <t>89233122PNA000166</t>
+  </si>
+  <si>
+    <t>Support for Real Estate Acquisition</t>
+  </si>
+  <si>
+    <t>89243325PFE000904</t>
+  </si>
+  <si>
+    <t>Jeol JEM-2100PLUS(HR) Service Contract Transmission Electron Microscope (TEM) POP 9/14/25-9/13/26</t>
+  </si>
+  <si>
+    <t>OXFORD INSTRUMENTS AMERICA, INC.</t>
+  </si>
+  <si>
+    <t>89243321PFE000451</t>
+  </si>
+  <si>
+    <t>Maintenance Agreement and Win 10 Upgrade.</t>
+  </si>
+  <si>
+    <t>513130</t>
+  </si>
+  <si>
+    <t>Book Publishers</t>
+  </si>
+  <si>
+    <t>89303023PIG000108</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is to procure subscription services for 8-10 users from Thomson Reuters.</t>
+  </si>
+  <si>
+    <t>532490</t>
+  </si>
+  <si>
+    <t>Other Commercial and Industrial Machinery and Equipment Rental and Leasing</t>
+  </si>
+  <si>
+    <t>CARNEGIE MELLON UNIVERSITY</t>
+  </si>
+  <si>
+    <t>89243325PFE000924</t>
+  </si>
+  <si>
+    <t>Full Facility Access and Use of Various Instruments in the Materials Characterization Facility (MCF) at Carnegie Mellon University for the purposes of carrying out research projects.</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243125FSC400804</t>
+  </si>
+  <si>
+    <t>Okta Vendor: Colossal</t>
+  </si>
+  <si>
+    <t>GS10F0126U / 89303021FFE400025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Contractor will provide the Office of Clean Coal and Carbon Management and the DOE Office of Policy with analytical support, including analysis to support Research, Development, and Demonstration (RD&amp;D) goals, and analysis to inform sound policy making decisions. The services are generally described to include the following: Technical evaluations, studies and reports based on the energy-economic market modeling of various scenarios involving fossil technologies and carbon management. Support for integrated economic and systems modeling utilizing the National Energy Modeling System (NEMS). Modeling Analysis for Climate and Clean Energy Policy Scenarios Engagement with modeling teams outside of DOE, including the Energy Modeling Forum (EMF). </t>
+  </si>
+  <si>
+    <t>89243325PFE000893</t>
+  </si>
+  <si>
+    <t>JEOL USA, Inc. JSM-IT700HRLV Service Level Agreement (09/15/2025 - 09/14/2026): 1. 386561 - JSM-IT700HRLV ANALYTICAL SEM 386561/813022291 SN: MP1512000440044 2. 813007496 - MP-94330SNS STAGE NAVIGATION SYST SN: MP3558008560856 3. 813007615 - MP-94340BEIW BACKSCATTERED DETECTOR SN: MP5476008700870 4. 813007488 - MP-94320CS CHAMBERSCOPE SN: MP4143006520652 5. 813008662 - MP-90160PCD PROBE CURRENT DETECTOR 813008662 1 SN: MP5196000530053 6. 813008611 - MP-94370LSED L/V SECONDARY ELECTRON DETECTOR SN: MP3239001810181 7. 478-51N3005 - INTEGRATED AZTEC WAVE 700 WDS Included with Aztec unit 8. 478-51N1145 - AZTECLIVE ADV W/ULTIM MAX 100MM2 127EV 51N1145 SN: 051S003898 9. 478-51N2032 - DETECTOR AUTOMATED HKL SYS SYMMETRY 51N2032 SN: 051J023934 Included with Aztec unit</t>
+  </si>
+  <si>
+    <t>CHENEGA ARCHITECTURE AND DESIGN SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89243325CFE000101</t>
+  </si>
+  <si>
+    <t>Design/Build - PGH Cable Plant Project - Phase II</t>
+  </si>
+  <si>
+    <t>RBD INSTRUMENTS, INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000918</t>
+  </si>
+  <si>
+    <t>Physical Electronics Maintenance Service Contract Renewal POP 09/16/2025 - 09/15/2026</t>
+  </si>
+  <si>
+    <t>115112</t>
+  </si>
+  <si>
+    <t>Soil Preparation, Planting, and Cultivating</t>
+  </si>
+  <si>
+    <t>VEGETATION MANAGEMENT WEST, L.P.</t>
+  </si>
+  <si>
+    <t>47QSHA19D003W / 89503325FWA400209</t>
+  </si>
+  <si>
+    <t>Right of Way (ROW) Orchard Tree Work (Project ID 230402), Western Area Power Administration, Sierra Nevada Region</t>
+  </si>
+  <si>
+    <t>CATERPILLAR INC.</t>
+  </si>
+  <si>
+    <t>GS-30F-0018U / 89503425FWA401782</t>
+  </si>
+  <si>
+    <t>PURCHASE FRONT END LOADER FOR PIERRE LINE CREW</t>
+  </si>
+  <si>
+    <t>UXC, LLC</t>
+  </si>
+  <si>
+    <t>89303021PEI000070</t>
+  </si>
+  <si>
+    <t>This action seeks to create a new 5 year contract with UxC LLC. The period of performance for this September 19, 2021 thru September 18, 2026. The estimated costs based on a quote from the vendor are $52,181.76 over the 5 years</t>
+  </si>
+  <si>
+    <t>334511</t>
+  </si>
+  <si>
+    <t>Search, Detection, Navigation, Guidance, Aeronautical, and Nautical System and Instrument Manufacturing</t>
+  </si>
+  <si>
+    <t>89233121PNA000132</t>
+  </si>
+  <si>
+    <t>Parts and repair of L3-manufactured BNVD-1531</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503425FWA401795</t>
+  </si>
+  <si>
+    <t>HOOK LIFT TRUCK FOR JT LINE CREW TO REPLACE ASSET # 173624</t>
+  </si>
+  <si>
+    <t>89303021CLP000011</t>
+  </si>
+  <si>
+    <t>Outside legal counsel to assist DOE in the evaluation and negotiation of such terms and conditions, and in the preparation of all documents to evidence such terms and conditions of underwriting, structuring, negotiating, and closing a loan in addition to various aspects of the Viridi Hydrogen Project.</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243125FSC400817</t>
+  </si>
+  <si>
+    <t>Palo Alto PA-5450 Support Renewal (Oak Ridge)</t>
+  </si>
+  <si>
+    <t>621511</t>
+  </si>
+  <si>
+    <t>Medical Laboratories</t>
+  </si>
+  <si>
+    <t>PHYSICIANS PREFERRED LABORATORY, LTD.</t>
+  </si>
+  <si>
+    <t>89233121DNA000040</t>
+  </si>
+  <si>
+    <t>Funding for New Contract for OST/AOCC Full- Service Covid-19 Testing Service (C-19TS) Based on the Polymerase Chain Reaction (PCR) Testing Process, IDIQ with a 5 year ordering period</t>
+  </si>
+  <si>
+    <t>NNG15SC59B / 89503625FSW400366</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LiveEnergy Renewal 2025 POP: Sep-23-2025 through Sep-22-2026 </t>
+  </si>
+  <si>
+    <t>NNG15SD09B / 89503025FWA401083</t>
+  </si>
+  <si>
+    <t>IVANTI PATCH SUBSCRIPTION AND MAINTENANCE</t>
+  </si>
+  <si>
+    <t>ENERGY RESOURCES INTERNATIONAL INCORPORATED</t>
+  </si>
+  <si>
+    <t>GS-23F-0242P / 89303022FNE400004</t>
+  </si>
+  <si>
+    <t>Nuclear Fuels Services</t>
+  </si>
+  <si>
+    <t>423430</t>
+  </si>
+  <si>
+    <t>89303325PEM000261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this purchase order is for the purchase of COMVAULT Cloud Backup licenses for the DOE EMCBC OIRM. </t>
+  </si>
+  <si>
+    <t>89303025CMS000004</t>
+  </si>
+  <si>
+    <t>The purpose of this requisition is to procure four (4) Orbis Bundle Plus Additional Modules Licenses (analytical platform), from the potential Sole Source Contractor (Moody's). Period of Performance: Twelve (12) months upon contract award Please assign to Patrick Witte, Team Lead</t>
+  </si>
+  <si>
+    <t>DANIEL L. SUN, INC.</t>
+  </si>
+  <si>
+    <t>89503025PWA000505</t>
+  </si>
+  <si>
+    <t>SNC ITOA 2025 SSO AUTHENTICATION MAINTENANCE SUPPORT RENEWAL</t>
+  </si>
+  <si>
+    <t>WESTWIND COMPUTER PRODUCTS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD04B / 89243125FSC400803</t>
+  </si>
+  <si>
+    <t>ProofPoint Vendor: Westwind</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL ECONOMICS, INCORPORATED</t>
+  </si>
+  <si>
+    <t>47QRAA20D0044 / 89303423FEM400019</t>
+  </si>
+  <si>
+    <t>The purpose of this task order is to provide administrative support and restoration planning efforts for the Los Alamos National Laboratory Trustee Council Natural Resource Damage Assessment (NRDA). This task order builds on the work completed thus far and includes the following deliverables: Restoration and Compensation Determination Plan, Report of Assessment, and Restoration Plan/Environmental Assessment.</t>
+  </si>
+  <si>
+    <t>47QRAA20D0044 / 89303423FEM400020</t>
+  </si>
+  <si>
+    <t>The purpose of this task order is to provide NRDA Ecological and Groundwater Assessment support.</t>
+  </si>
+  <si>
+    <t>47QRAA20D0044 / 89303423FEM400021</t>
+  </si>
+  <si>
+    <t>NRDA Inventory of Institutional Controls/Cultural Assessment/Pueblo Lost Services Assessment.</t>
+  </si>
+  <si>
+    <t>NNG15SC04B / 89233123FNA400557</t>
+  </si>
+  <si>
+    <t>Microsoft Secret 0365 Licensing and Azure</t>
+  </si>
+  <si>
+    <t>337214</t>
+  </si>
+  <si>
+    <t>Office Furniture (Except Wood) Manufacturing</t>
+  </si>
+  <si>
+    <t>SUPPLYSOURCE DC, LLC</t>
+  </si>
+  <si>
+    <t>GS27F017CA / 89303025FMA400989</t>
+  </si>
+  <si>
+    <t>Furniture Purchase and Reconfiguration to accommodate the BG-056 Secure Space Project in support of the Office of the Inspector General.</t>
+  </si>
+  <si>
+    <t>481112</t>
+  </si>
+  <si>
+    <t>Scheduled Freight Air Transportation</t>
+  </si>
+  <si>
+    <t>SERVCO INC</t>
+  </si>
+  <si>
+    <t>89303023CMA000100</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide special freight shipping services for occasional time sensitive shipments, which include inside pickup and delivery, air freight, special packing &amp; crating service, wrap/band on pallets involving higher valued shipments (such as shipments over 150lbs), and guaranteed delivery. These unique services must ensure packages are stored (warehoused), if necessary to ensure door-to-door delivery within the specified parameters.</t>
+  </si>
+  <si>
+    <t>47QSWA18D008F / 89303023FMA400720</t>
+  </si>
+  <si>
+    <t>Subscription of Annual Software Licenses for DocuSign Enterprise Pro software, Part #APT-0476-2 and APT-0491-2.</t>
+  </si>
+  <si>
+    <t>POPLICUS INC</t>
+  </si>
+  <si>
+    <t>89303025PMS000014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this requisition is to procure three (3) SaaS Analytic Platform Subscription Licenses </t>
+  </si>
+  <si>
+    <t>522210</t>
+  </si>
+  <si>
+    <t>Credit Card Issuing</t>
+  </si>
+  <si>
+    <t>Office of Human Capital Management</t>
+  </si>
+  <si>
+    <t>TANGO CARD INC</t>
+  </si>
+  <si>
+    <t>89303023PHC000010</t>
+  </si>
+  <si>
+    <t>The contractor shall provide electronic/virtual gift cars and allow the individual employee to select the gift card of their chose from a wide variety options (merchants), purchase the virtual/electronic gift cards on-line, allow for distribution of the gift cards virtually/electronically and allow program administrations the ability to administer the overall purchase and distribution.</t>
+  </si>
+  <si>
+    <t>corlis.lawrence@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503425FWA401799</t>
+  </si>
+  <si>
+    <t>PURCHASE BUCKET TRUCK WITH 120FT AERIAL LIFT FOR SIOUX CITY LINE CREW</t>
+  </si>
+  <si>
+    <t>89503025PWA000502</t>
+  </si>
+  <si>
+    <t>ASPENTECH MONARCH SUPERVISORY CONTROL AND DATA ACQUISITION (SCADA) ENERGY MANAGEMENT SYSTEM (EMS) SOFTWARE SUBSCRIPTION</t>
+  </si>
+  <si>
+    <t>NNG15SC23B / 89503025FWA401084</t>
+  </si>
+  <si>
+    <t>Live Action LiveNX Perpetual License Renewal</t>
+  </si>
+  <si>
+    <t>BLUEWATER FEDERAL SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>GS00Q14OADS108 / 89303019FET400015</t>
+  </si>
+  <si>
+    <t>Labor Program Management/IT Support Enterprise Information Technology support services to include Software Development and Integration, Infrastructure Engineering, System Management and Hosting, Desktop Support, Service Desk Support and IT Project Management.</t>
+  </si>
+  <si>
+    <t>CHENEGA PROFESSIONAL &amp; TECHNICAL SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89233119CNA000081</t>
+  </si>
+  <si>
+    <t>CLEARANCE ACTION TRACKING SYSTEM (CATS) DEVELOPMENT &amp; MAINTENANCE</t>
+  </si>
+  <si>
+    <t>NNG15SD32B / 89243325FFE400691</t>
+  </si>
+  <si>
+    <t>SPLUNK Cloud Subscription for POP 9/27/25 - 9/26/26.</t>
+  </si>
+  <si>
+    <t>NASH HARBOR SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89303023CIA000005</t>
+  </si>
+  <si>
+    <t>Diligence and risk assessment services to provide effective due diligence and risk assessments to support funded research, development, demonstration, and deployment activities for Department of Energy.</t>
+  </si>
+  <si>
+    <t>CORITY SOFTWARE INC</t>
+  </si>
+  <si>
+    <t>GS-35F-0032U / 89243323FFE400522</t>
+  </si>
+  <si>
+    <t>Occupational Health Suite</t>
+  </si>
+  <si>
+    <t>89233122CNA000260</t>
+  </si>
+  <si>
+    <t>Purchase order for annual maintenance of ESRI ArcGIS</t>
+  </si>
+  <si>
+    <t>CAPITAL ECONOMICS (N.A.) LIMITED</t>
+  </si>
+  <si>
+    <t>89303021PEI000075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Purchase Order to procure Short-Term Energy Outlook (STEO), Annual Energy Outlook (AEO) and International Energy Outlook (IEO), from Capital Economics (N.A.) Limited. </t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89303125FEM400426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office - WMWare Server Environment Support and Licensing </t>
+  </si>
+  <si>
+    <t>PANAMERICA COMPUTERS, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD02B / 89243325FFE400719</t>
+  </si>
+  <si>
+    <t>Magnet Axiom Forensics renewal for POP 9/28/25 - 9/27/26</t>
+  </si>
+  <si>
+    <t>NNG15SD74B / 89503125FWA400667</t>
+  </si>
+  <si>
+    <t>EXACOM Multimedia Logging Recording System in support of Western Area Power Administration Desert Southwest Region</t>
+  </si>
+  <si>
+    <t>89503325PWA000406</t>
+  </si>
+  <si>
+    <t>Keswick Substation Disconnect Tandem/Selector Switch Replacement</t>
+  </si>
+  <si>
+    <t>SCL HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>89303023PMA000309</t>
+  </si>
+  <si>
+    <t>SC Logic, SCL Intra Tracking System Software License and Hardware Maintenance Renewal</t>
+  </si>
+  <si>
+    <t>EVALUATE ENERGY LTD</t>
+  </si>
+  <si>
+    <t>89303021PEI000076</t>
+  </si>
+  <si>
+    <t>Evaluate Energy-Energy Company Information Database for a base year plus four 12 month option years</t>
+  </si>
+  <si>
+    <t>03310324D0001 / 89303024FCF400043</t>
+  </si>
+  <si>
+    <t>This task order is a continuation/bridge of task order 89303022FCF400031. The Library of Congress reached the FEDLINK IDIQ ceiling, necessitating creation of a new IDIQ contract which resulted in this new task order. This task order/bridge contains Option Years 3 and 4 with Gartner from task order 89303022FCF400031.</t>
+  </si>
+  <si>
+    <t>UNISON VIRTUAL ACQUISITION OFFICE LLC</t>
+  </si>
+  <si>
+    <t>03310323D0064 / 89303025FMA400978</t>
+  </si>
+  <si>
+    <t>1 year subscription to the Virtual Acquisition Office (VAO) issued against the Library of Congress (LOC) FEDLINK services. Period of performance is 09/29/2025 to 09/28/2026.</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243225FNE400205</t>
+  </si>
+  <si>
+    <t>Splunk Enterprise-Term License Renewal with Standard Success Plan, 30-GB per/day, Part Number SE-T-LIC-ST</t>
+  </si>
+  <si>
+    <t>NNG15SD76B / 89243125FSC400825</t>
+  </si>
+  <si>
+    <t>Omnissa Horizon 8 Enterprise Renewal (Oak Ridge)</t>
+  </si>
+  <si>
+    <t>VCLOUD TECH INC</t>
+  </si>
+  <si>
+    <t>89303325PEM000262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this purchase order is for the purchase of a 12-month license for Docusign for the DOE EMCBC. </t>
+  </si>
+  <si>
+    <t>GS-00F-243CA / 89233125FNA400663</t>
+  </si>
+  <si>
+    <t>U.S. Department of Energy, National Nuclear Security Administration's (DOE/NNSA) Technical, Engineering, and Programmatic Support Services II (TEPS II) Blanket Purchase Agreement (BPA) Task Order for Technical, Analytical, Programmatic and Integration Support Services for DOE/NNSA Office of Experimental Sciences (NA-113).</t>
+  </si>
+  <si>
+    <t>NNG15SD76B / 89243122FSC400465</t>
+  </si>
+  <si>
+    <t>OSTI Buyer: Tammy Payne Invicti Enterprise Vendor: Enterprise Technology Solutions</t>
+  </si>
+  <si>
+    <t>NNG15SD76B / 89243124FSC400712</t>
+  </si>
+  <si>
+    <t>Invicti Renewal (Cyber)</t>
+  </si>
+  <si>
+    <t>NNG15SD70B / 89503625FSW400361</t>
+  </si>
+  <si>
+    <t>CyberArk Renewal 2025</t>
+  </si>
+  <si>
+    <t>NNG15SD70B / 89503625FSW400362</t>
+  </si>
+  <si>
+    <t>Cribl Renewal 2025</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243225FNE400203</t>
+  </si>
+  <si>
+    <t>Infoblox DDI (DNS, DHCP, and IPAM) 1yr renewal support</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89503625FSW400365</t>
+  </si>
+  <si>
+    <t>Tanium Purchase 2025</t>
+  </si>
+  <si>
+    <t>234930</t>
+  </si>
+  <si>
+    <t>Office of River Protection</t>
+  </si>
+  <si>
+    <t>BECHTEL NATIONAL, INC</t>
+  </si>
+  <si>
+    <t>DE-AC27-01RV14136</t>
+  </si>
+  <si>
+    <t>DESIGN CONSTRUCTION AND COMMISSIONING OF THE HANFORD TANK WASTE TREATMENT AND IMMOBILIZATION PLANT</t>
+  </si>
+  <si>
+    <t>ORPSB@rl.gov</t>
+  </si>
+  <si>
+    <t>GOLDBELT OPERATIONS SUPPORT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89243326CFE000104</t>
+  </si>
+  <si>
+    <t>Department of Energy (DOE), National Energy Technology Laboratory (NETL) Building 3 (B3), Building 17 (B17) and Building 19 (B19) HVAC Upgrades Project NETL Morgantown, WV.</t>
+  </si>
+  <si>
+    <t>334515</t>
+  </si>
+  <si>
+    <t>Instrument Manufacturing for Measuring and Testing Electricity and Electrical Signals</t>
+  </si>
+  <si>
+    <t>DOBLE ENGINEERING COMPANY</t>
+  </si>
+  <si>
+    <t>89503023CWA000028</t>
+  </si>
+  <si>
+    <t>Lease of Doble Power Diagnostic Equipment and Related Services</t>
+  </si>
+  <si>
+    <t>AGILENT TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>89243325PFE000926</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRA - SERVICE AGREEMENT RENEWAL LC-QTOF-MS PERIOD OF PERFORMANCE 09/15/2025 - 09/14/2026 </t>
+  </si>
+  <si>
+    <t>PERKINELMER U.S. LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000899</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PerkinElmer Nine (9) Laboratory Equipment Service Maintenance Agreements (10/01/2025 - 09/30/2026): 1. S10AUTOSAMPLER (Serial No. 102S13041419) 2. S10AUTOSAMPLER (Serial No. 102S9062328) 3. OPTIMA 8300 CONCENTRIC (Serial No. 078S1306246) 4. TITAN 8 POS SYS 230V 50/60HZ (Serial No. 313X4060302) 5. POLYSCIENCE CHILLER (G52601) 6. ASSY- NEXION 350 D TOP LEVEL (Serial No. 85DN6082701) 7. CHILLER-1HP 230V/60HZ TP QUIET (Serial No. 1807-04734) 8. ICP Software 9. MAS Software </t>
+  </si>
+  <si>
+    <t>UNIVERSAL TECHNICAL RESOURCE SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>89233121DNA000038</t>
+  </si>
+  <si>
+    <t>Fourth Generation Escort Vehicle (EV4) in support of the Office of Secure Transportation (OST;) NA-15.</t>
+  </si>
+  <si>
+    <t>WULCO, INC.</t>
+  </si>
+  <si>
+    <t>89233121DNA000033</t>
+  </si>
+  <si>
+    <t>Fourth Generation Escort Vehicle (EV4) in support of the Office of Secure Transportation (OST), NA-15.</t>
+  </si>
+  <si>
+    <t>FEDERAL EXPRESS CORPORATION</t>
+  </si>
+  <si>
+    <t>HTC711-23-D-C023 / 89303023FMA400660</t>
+  </si>
+  <si>
+    <t>Federal Express Corporation Services under the Next Generation Delivery Services (NGDS) mandatory government-wide solution for small package delivery.</t>
+  </si>
+  <si>
+    <t>HTC711-23-D-C025 / 89303023FMA400659</t>
+  </si>
+  <si>
+    <t>Domestic Small Package Delivery Services under the Next Generation Delivery Service (NGDS), mandatory government-wide solution for United Parcel Service (UPS), HTC711-23-D-C025. Period of Performance 04/01/2023 - 09/30/2026.</t>
+  </si>
+  <si>
+    <t>HTC71123DC025 / 89303323FEM400382</t>
+  </si>
+  <si>
+    <t>U.S. Department of Energy (DOE) is procuring mail and/or package pickup and delivery services for the Environmental Management (EM) business centers located at; Environmental Management Consolidated Business Center (EMCBC), EMCBC-New York, and Building 55 at the Denver Federal Center. Pickup and delivery services will be prepared on-site, witnessed by the DOE and verification of delivery to the receiving location by the next calendar day shall be provided to the EMCBC from the Contractor. Verification of delivery shall be issued by the Contractor each time services are provided and shall at a minimum note the location, date, and the number of documents and/or packages picked up and delivered for the DOE. This task order will be in effect from 10 September 2023, through 30 September 2026. Account #: 19E1X1 - Denver Account #: 002552 - All Other EMCBC Locations</t>
+  </si>
+  <si>
+    <t>HTC71123DC025 / 89503323FWA400132</t>
+  </si>
+  <si>
+    <t>Western Area Power Administration Sierra Nevada Region has a requirement for Next Generation Delivery Services. The purpose of this task order is for United Parcel Service (UPS) delivery services in accordance with the Department of Defense Indefinite Delivery Indefinite Quantity (IDIQ) Next Generation Delivery Services (NGDS); United Parcel Service - HTC71123DO025 - Domestic and International.</t>
+  </si>
+  <si>
+    <t>RELX INC</t>
+  </si>
+  <si>
+    <t>47QREA22D0014 / 89503225FWA400717</t>
+  </si>
+  <si>
+    <t>LEXISNEXIS ONLINE SUBSCRIPTION RENEWAL</t>
+  </si>
+  <si>
+    <t>ASPEN TECHNOLOGY, INC.</t>
+  </si>
+  <si>
+    <t>89243321CFE000066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AspenTech Process Simulation Software License Renewal (Carbon Simulation Initiative CCSI Project) </t>
+  </si>
+  <si>
+    <t>89243321PFE000475</t>
+  </si>
+  <si>
+    <t>AspenTech Software Maintenance and Support (SMS) Services Renewal Agreement.</t>
+  </si>
+  <si>
+    <t>89233121CNA000227</t>
+  </si>
+  <si>
+    <t>Policy Systems Support Services for the Office of Policy and Strategic Planning (NA-1.1)</t>
+  </si>
+  <si>
+    <t>89303021CMA000065</t>
+  </si>
+  <si>
+    <t>The purpose of this contract is to provide for a new contract to support the Office of Information Resources with the directives website and review and comment system.</t>
+  </si>
+  <si>
+    <t>SAFRAN SOFTWARE SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89243224PEM000022</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is to acquire three SAFRAN Software Licenses with two-year maintenance and support plan.</t>
+  </si>
+  <si>
+    <t>BEAR COMMUNICATIONS INC</t>
+  </si>
+  <si>
+    <t>89503225PWA000559</t>
+  </si>
+  <si>
+    <t>Mobile Radio Installation and Removal service.</t>
+  </si>
+  <si>
+    <t>RARESTEP, INC.</t>
+  </si>
+  <si>
+    <t>47QTCA20D0044 / 89503025FWA401078</t>
+  </si>
+  <si>
+    <t>FLEETIO FLEET MANAGEMENT SOFTWARE INITIAL START-UP-DSW</t>
+  </si>
+  <si>
+    <t>CQ-ROLL CALL, INC.</t>
+  </si>
+  <si>
+    <t>LCFDL19C0008 / 89233121FNA400402</t>
+  </si>
+  <si>
+    <t>Legislative subscription services for NNSA Office of External Affairs</t>
+  </si>
+  <si>
+    <t>HAVERLY SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>89243525PCR000013</t>
+  </si>
+  <si>
+    <t>Software and Support for Oil Blending Simulation - It will reduce the cost for generating a new crude assay ($25K-$35K) when/if the formulation of a given blend has changed. For this software to be fully functional will require the one-time purchase of at least one reference assay library and training on software. There will be annual fees for license support, assay library updates, and 2nd and 3rd year payments on the HCAMS license fee. If/When we end restrictions on accepting only domestic crudes for storage we will require a more robust assay library to properly evaluate blending properties of oils using foreign blend stocks.</t>
+  </si>
+  <si>
+    <t>03310323D0035 / 89243525FCR400078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LexisNexis PLAN TYPE AUP Lexis+ FedRamp for 12 authorized users </t>
+  </si>
+  <si>
+    <t>LCFDL23D0035 / 89233125FNA400729</t>
+  </si>
+  <si>
+    <t>LexisNexis for Online Legal Research Services for US Dept of Energy - NNSA</t>
+  </si>
+  <si>
+    <t>89243425PEE000093</t>
+  </si>
+  <si>
+    <t>FY26 WESTLAW SUBSCRIPTION</t>
+  </si>
+  <si>
+    <t>BRUCE DIAMOND</t>
+  </si>
+  <si>
+    <t>89303324CEM000126</t>
+  </si>
+  <si>
+    <t>Sole source T&amp;M contract to provide expert support services to WVDP for discussions with NYSERDA.</t>
+  </si>
+  <si>
+    <t>89503221DWA000004</t>
+  </si>
+  <si>
+    <t>WESTERN AREA POWER ADMINISTRATION Indefinite Delivery Indefinite Quantity (IDIQ) FOR OIL SAMPLE ANALYSIS AND TESTING FOR HIGH VOLTAGE TRANSFORMERS</t>
+  </si>
+  <si>
+    <t>541490</t>
+  </si>
+  <si>
+    <t>Other Specialized Design Services</t>
+  </si>
+  <si>
+    <t>DB TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000932</t>
+  </si>
+  <si>
+    <t>Services in support of an Outer Polymer Layer/Liner for Natural Gas Pipeline</t>
+  </si>
+  <si>
+    <t>MANTECH ADVANCED SYSTEMS INTERNATIONAL, INC.</t>
+  </si>
+  <si>
+    <t>47QTCA21D0031 / 89233124FNA400586</t>
+  </si>
+  <si>
+    <t>Task Order for Technical and Analytical Support Services</t>
+  </si>
+  <si>
+    <t>RHINOCORPS, LTD CO.</t>
+  </si>
+  <si>
+    <t>89233121CNA000219</t>
+  </si>
+  <si>
+    <t>Technical and Computer Simulation Support for the Office of Security Operations &amp; Programmatic Planning (NA-71).</t>
+  </si>
+  <si>
+    <t>89303021PED000025</t>
+  </si>
+  <si>
+    <t>Case management Tracking System (CMTS)-NAICS code for this work is 541511 - Custom Computer Programming Services-Wingswept LLC</t>
+  </si>
+  <si>
+    <t>AMERICAN WORDATA, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SC62B / 89303025FHC400033</t>
+  </si>
+  <si>
+    <t>Learning Nucleus Hosting and Technical Support. The contractor shall provide enterprise-level FedRAMP hosting, Tier 3 end-user issue resolution, and change order implementation in support of the Learning Nucleus, Learning Management System.</t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89503025FWA401082</t>
+  </si>
+  <si>
+    <t>PROCORE CONSTRUCTION MANAGEMENT SOFTWARE RENEWAL plus Invoice, Analytics, and Financials modules</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243325FFE400723</t>
+  </si>
+  <si>
+    <t>RedSky and VoIP Licensing Renewal POP 10/01/25 to 09/30/26</t>
+  </si>
+  <si>
+    <t>NNG15SD34B / 89243125FSC400822</t>
+  </si>
+  <si>
+    <t>Microsoft Unified Support Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89303125FEM400425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office - Nucleus Licenses </t>
+  </si>
+  <si>
+    <t>VETERAN TECHNOLOGY PARTNERS, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD43B / 89243325FFE400722</t>
+  </si>
+  <si>
+    <t>Citrix Products Software Support and Citrix Net Scaler Maintenance Renewal. POP 10/1/2025 to 9/30/2026</t>
+  </si>
+  <si>
+    <t>541614</t>
+  </si>
+  <si>
+    <t>Process, Physical Distribution and Logistics Consulting Services</t>
+  </si>
+  <si>
+    <t>MERCURY ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t>GS33F0022U / 89303025FMA400988</t>
+  </si>
+  <si>
+    <t>Fleet logistics services to develop an agency FAST Vehicle Level Data Report, Fueling Infrastructure and EVSE Inventory Report, and OMB A-11 Report including alignment with the new fleet metric and targets. Services sought will include Fleet Management Information Systems review, support and other fleet related services.</t>
+  </si>
+  <si>
+    <t>Office of Legacy Management</t>
+  </si>
+  <si>
+    <t>TI VERBATIM CONSULTING INC.</t>
+  </si>
+  <si>
+    <t>89303323DLM000002</t>
+  </si>
+  <si>
+    <t>Technical and Business Management Support Services</t>
+  </si>
+  <si>
+    <t>john.chinkhota@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>NATIONAL ACADEMY OF SCIENCES</t>
+  </si>
+  <si>
+    <t>89233121DNA000035</t>
+  </si>
+  <si>
+    <t>Five (5) Year, Enterprise-Wide Cost-Reimbursement (No-Fee) Indefinite-Delivery, Indefinite-Quantity (IDIQ) contract with the National Academy of Sciences (NAS) to provide Independent Scientific, Technical, Engineering and Advisory Services to all National Nuclear Security Administration (NNSA) and Department of Energy Headquarters (DOE) Program &amp; Field Offices.</t>
+  </si>
+  <si>
+    <t>Chicago Operations Office</t>
+  </si>
+  <si>
+    <t>UCHICAGO ARGONNE, LLC</t>
+  </si>
+  <si>
+    <t>DE-AC02-06CH11357</t>
+  </si>
+  <si>
+    <t>PERFORMANCE-BASED CONTRACT FOR MANAGEMENT AND OPERATION OF ARGONNE NATIONAL LABORATORY</t>
+  </si>
+  <si>
+    <t>ILLINOIS</t>
+  </si>
+  <si>
+    <t>NATIONAL STRATEGIC RESEARCH INSTITUTE</t>
+  </si>
+  <si>
+    <t>89233121DNA000037</t>
+  </si>
+  <si>
+    <t>IDIQ University of Nebraska National Strategic Research Institute NSRI</t>
+  </si>
+  <si>
+    <t>SINTEF AS</t>
+  </si>
+  <si>
+    <t>89243324PFE000820</t>
+  </si>
+  <si>
+    <t>SINTEF Post-Combustion Solvent-Based CO2 Capture Technology for solvent degradation studies, emission measurement techniques, and development of new analytical methods for associated newly identified components.</t>
+  </si>
+  <si>
+    <t>89243325PFE000914</t>
+  </si>
+  <si>
+    <t>NETL One-Year Consensus Standards Subscriptions Renewal (10/01/2025 - 09/30/2026) per attached Licensed Standards List</t>
+  </si>
+  <si>
+    <t>BOARD OF REGENTS OF THE NEVADA SYSTEM OF HIGHER ED</t>
+  </si>
+  <si>
+    <t>89303925CEM000054</t>
+  </si>
+  <si>
+    <t>Award to University of Nevada, Reno to complete tasks 1 and 2 on the statement of work.</t>
+  </si>
+  <si>
+    <t>OAK RIDGE ASSOCIATED UNIVERSITIES, INCORPORATED</t>
+  </si>
+  <si>
+    <t>DE-SC0014664</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Management of the Oak Ridge Institute for Science and Education</t>
+  </si>
+  <si>
+    <t>LOS ALAMOS NATIONAL SECURITY LIMITED LIABILITY COMPANY</t>
+  </si>
+  <si>
+    <t>DE-AC52-06NA25396</t>
+  </si>
+  <si>
+    <t>THE CONTRACTOR SHALL IN ACCORDANCE WITH THE TERMS AND CONDITIONS OF THIS CONTRACT PROVIDE THE PERSONNEL EQUIPMENT MATERIALS SUPPLIES AND SERVICES (EXCEPT AS MAY BE FURNISHED BY THE GOVERNMENT) AND OTHERWISE DO ALL THINGS NECESSARY FOR OR INCIDENT TO PROVIDING ITS BEST EFFORTS TO EFFECTIVELY, EFFICIENTLY AND SAFELY MANAGE AND OPERATE THE LOS ALAMOS NATIONAL LABORATORY FOR THE U.S. DEPARTMENT OF ENERGY/NATIONAL NUCLEAR SECURITY ADMINISTRATION.</t>
+  </si>
+  <si>
+    <t>Savannah River Operations Office</t>
+  </si>
+  <si>
+    <t>SAVANNAH RIVER NUCLEAR SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>DE-AC09-08SR22470</t>
+  </si>
+  <si>
+    <t>MANAGEMENT AND OPERATING CONTRACT FOR THE SAVANNAH RIVER SITE.</t>
+  </si>
+  <si>
+    <t>parodio.maith@srs.gov</t>
+  </si>
+  <si>
+    <t>PROTECTION STRATEGIES INCORPORATED</t>
+  </si>
+  <si>
+    <t>GS-07F-0442N / 89243221FEM400010</t>
+  </si>
+  <si>
+    <t>Security support services for the Fort Saint Vrain (FSV) Independent Spent Fuel Storage Installation (ISFSI).</t>
+  </si>
+  <si>
+    <t>MYRON JORDAN CLEANING SERVICES LLC</t>
+  </si>
+  <si>
+    <t>89503523PSP000055</t>
+  </si>
+  <si>
+    <t>Janitorial Services for Southeastern Power Administration's Headquarters Office</t>
+  </si>
+  <si>
+    <t>FOUR CORNERS WEED CONTROL INC</t>
+  </si>
+  <si>
+    <t>89503223PWA000431</t>
+  </si>
+  <si>
+    <t>Western Colorado Maintenance Office Bareground Vegetation Control Services for Microwave Sites and Substations for Rocky Mountain Region.</t>
+  </si>
+  <si>
+    <t>CHLOETA HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>GS-10F-049BA / 89503224FWA400564</t>
+  </si>
+  <si>
+    <t>PUBLIC UTILITY SPECIALIST NON PERSONAL SUPPORT SERVICES FOR COLORADO RIVER STORAGE PROJECT, ROCKY MOUNTAIN REGION, MONTROSE, COLORADO</t>
+  </si>
+  <si>
+    <t>926130</t>
+  </si>
+  <si>
+    <t>Regulation and Administration of Communications, Electric, Gas, and Other Utilities</t>
+  </si>
+  <si>
+    <t>CITY OF ELBERTON</t>
+  </si>
+  <si>
+    <t>89503525PSP000073</t>
+  </si>
+  <si>
+    <t>City of Elberton, utilities for FY2026 (garbage, gas, electrical, sewage, water, and internet services) Period of performance 10/1/2025-9/30/2026</t>
+  </si>
+  <si>
+    <t>47QRAA18D00EA / 89233121FNA400390</t>
+  </si>
+  <si>
+    <t>Administrative Supportive Services for NPO</t>
+  </si>
+  <si>
+    <t>GOVSMART, INC.</t>
+  </si>
+  <si>
+    <t>NNG15SD11B / 89503025FWA401071</t>
+  </si>
+  <si>
+    <t>SPLUNK CLOUD AND SOAR FY2025 AND SPLUNK ENTERPRISE SESC RENEWAL</t>
+  </si>
+  <si>
+    <t>NNG15SC70B / 89243325FFE400701</t>
+  </si>
+  <si>
+    <t>JIRA Software Maintenance Support Renewal for POP 10/17/25 - 10/16/26</t>
+  </si>
+  <si>
+    <t>47QRAA20D0012 / 89233124FNA400653</t>
+  </si>
+  <si>
+    <t>DELOITTE CONSULTING LLP</t>
+  </si>
+  <si>
+    <t>GS35F0617Y / 89243122FSC400370</t>
+  </si>
+  <si>
+    <t>Budget Execution Formulation Analysis Support Tool (BEFAST)</t>
+  </si>
+  <si>
+    <t>CELLCO PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>47QTCA20D00B5 / 89503425FWA401789</t>
+  </si>
+  <si>
+    <t>UGP CELL PHONE SERVICE AT VARIOUS METER SITES</t>
+  </si>
+  <si>
+    <t>PACIFIC OFFICE AUTOMATION INC.</t>
+  </si>
+  <si>
+    <t>89503126PWA000863</t>
+  </si>
+  <si>
+    <t>Annual renewal Mitel's software assurance and technical support agreement for the Desert Southwest Region's phone communication systems. Coverage Dates: October 30, 2025, to October 29, 2026</t>
+  </si>
+  <si>
+    <t>NORTH WIND GENERAL CONTRACTORS LLC</t>
+  </si>
+  <si>
+    <t>89243324CFE000093</t>
+  </si>
+  <si>
+    <t>IRA Funded B-34 Advanced Alloy Signature Center Facility SBA Requirement #LV1705525898S</t>
+  </si>
+  <si>
+    <t>NNG15SD22B / 89243126FSC400828</t>
+  </si>
+  <si>
+    <t>Digital Science DOEGov Access Package - Dimensions</t>
+  </si>
+  <si>
+    <t>GS-00F-0004T / 89243321FAU400002</t>
+  </si>
+  <si>
+    <t>U.S. DEPARTMENT OF ENERGYS (DOE) OFFICE OF THE ASSOCIATE UNDER (AU) SECRETARY FOR ENVIRONMENT, HEALTH AND SAFETY TECHNICAL SUPPORT SERVICES DOE/NNSA TEPS BPA DE-NA0003061 (Mele)</t>
+  </si>
+  <si>
+    <t>89503224CWA000102</t>
+  </si>
+  <si>
+    <t>MEDICAL EXAM ADMINISTRATIVE SERVICES</t>
+  </si>
+  <si>
+    <t>INDIANA</t>
+  </si>
+  <si>
+    <t>ALEUT REMEDIATION LLC</t>
+  </si>
+  <si>
+    <t>89233123CNA000326</t>
+  </si>
+  <si>
+    <t>Design/Build (DB) services for the Y-12 National Security Complex(Y-12) John M. Googin Technology Development Facility (GTDF) Renovation, located in Oak Ridge, Tennessee. Including design and construction SBA Requirement Number is OQ1669052584H.</t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89243326FFE400736</t>
+  </si>
+  <si>
+    <t>Tenable Nessus SCCV 5000 Host IP Renewal POP 11/21/25-11/27/26</t>
+  </si>
+  <si>
+    <t>GS-00F-003DA / 89233121FNA400375</t>
+  </si>
+  <si>
+    <t>Office of Systems Engineering and Integration (NA-18) Systems Engineering Technical Support Services</t>
+  </si>
+  <si>
+    <t>NNG15SC69B / 89503626FSW400372</t>
+  </si>
+  <si>
+    <t>Oracle E-Business Suite Renewal.</t>
+  </si>
+  <si>
+    <t>541713</t>
+  </si>
+  <si>
+    <t>Research and Development in Nanotechnology</t>
+  </si>
+  <si>
+    <t>JOHNS HOPKINS UNIVERSITY APPLIED PHYSICS LABORATORY LLC, THE</t>
+  </si>
+  <si>
+    <t>89233123CNA000312</t>
+  </si>
+  <si>
+    <t>Nuclear Technologies Development and Integration Support</t>
+  </si>
+  <si>
+    <t>UNITED SALES ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t>89503424PWA001836</t>
+  </si>
+  <si>
+    <t>125V SWITCHGEAR BATTERIES FOR PHILIP NORTH SWITCHING STATION, STAGE 01, SD</t>
+  </si>
+  <si>
+    <t>CHENEGA ENTERPRISE SYSTEMS &amp; SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>47QRAD20D8152 / 89243522FFE400157</t>
+  </si>
+  <si>
+    <t>Management and Technical Support Services for the Department of Energy Strategic Petroleum Reserve Project Management Office</t>
+  </si>
+  <si>
+    <t>89303322CEM000095</t>
+  </si>
+  <si>
+    <t>PPPO Citizens Advisory Board (CAB) Site Specific Advisory Boards (SSAB) Support</t>
+  </si>
+  <si>
+    <t>561611</t>
+  </si>
+  <si>
+    <t>Investigation and Personal Background Check Services</t>
+  </si>
+  <si>
+    <t>CLEMONS GROUP, INC. THE</t>
+  </si>
+  <si>
+    <t>89303021CED000005</t>
+  </si>
+  <si>
+    <t>EEO Investigative Services support for Civil Rights EEO office.</t>
+  </si>
+  <si>
+    <t>NATIONAL INSTITUTE OF BUILDING SCIENCES</t>
+  </si>
+  <si>
+    <t>89243422PEE000053</t>
+  </si>
+  <si>
+    <t>EO14042 Federal Energy Management Program (FEMP) Training Program</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503226FWA400738</t>
+  </si>
+  <si>
+    <t>305 &amp; 308 CAT MINI EXCAVATORS W/ATTACHMENTS</t>
+  </si>
+  <si>
+    <t>NNG15SD87B / 89503026FWA401101</t>
+  </si>
+  <si>
+    <t>VMWare Cloud Foundation Annual Maintenance Renewal</t>
+  </si>
+  <si>
+    <t>DEVONWAY, INC</t>
+  </si>
+  <si>
+    <t>89303225CEM000002</t>
+  </si>
+  <si>
+    <t>Provide a single oversight management database utility that will ensure CBFO stakeholder requirements are met and maintained through the lifecycle of the Waste Isolation Pilot Plant (WIPP) mission.</t>
+  </si>
+  <si>
+    <t>HUGH AND ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t>89303024DMA000030</t>
+  </si>
+  <si>
+    <t>Requisition 24MA000023 was issued to create an 8a direct IDIQ award to perform construction services for the Department of Energy Forrestal and Germantown Locations. The Period of Performance is: Base Period - 12/06/2023 to 12/05/2024 Option Period 1 - 12/06/2024 to 12/05/2025 Option Period 2 - 12/06/2025 to 12/05/2026</t>
+  </si>
+  <si>
+    <t>KBRA ANALYTICS LLC</t>
+  </si>
+  <si>
+    <t>89303024CLP000086</t>
+  </si>
+  <si>
+    <t>ESTABLISH A NEW 3 YEAR CONTRACT WITH KBRA PREMIUM SUBSCRIPTION</t>
+  </si>
+  <si>
+    <t>RETECH SYSTEMS LLC</t>
+  </si>
+  <si>
+    <t>89243325PFE000844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Electron Beam Melting Furnace Retech Model EB1-150 </t>
+  </si>
+  <si>
+    <t>NNG15SD21B / 89243125FSC400729</t>
+  </si>
+  <si>
+    <t>DOE Science Adobe ETLA Renewal</t>
+  </si>
+  <si>
+    <t>BLOOMBERG LP</t>
+  </si>
+  <si>
+    <t>89303026PCR000008</t>
+  </si>
+  <si>
+    <t>Subscription to Bloomberg Anywhere and License (1 User)</t>
+  </si>
+  <si>
+    <t>47QRAA18D008Z / 89233123FNA400524</t>
+  </si>
+  <si>
+    <t>Program Management, Technical and Analytic Support Services for Office of Material Management and Minimization (NA-23) and Office of Defense Nuclear Nonproliferation Research and Development (DNN R&amp;D)</t>
+  </si>
+  <si>
+    <t>89303724DEM000014</t>
+  </si>
+  <si>
+    <t>Contract Type: Indefinite Delivery, Indefinite Quantity Task Order Contract (IDIQ) Period of Performance: 12/12/2023 - 12/11/2026 Ceiling Value: $24M Contract Line-Item No. 0001 Professional Support Services-SWAT FTEs Contract Line-Item No. 0002 NNSA Support Services-FTEs Contract Line-Item No. 0003 Liquid Waste/AMWDP-FTEs Contract Line-Item No. 0004 Legal Support Office of Chief Counsel/Headquarters-FTEs Contract Line-Item No. 0005 Other Direct Cost (ODC)</t>
+  </si>
+  <si>
+    <t>DNI EMERGING TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>89303724DEM000013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose is to award Indefinite Deliver, Indefinite Quantity Task Order Contract for Information Technology (IT) and Cybersecurity Support Services for the Department of Energy, DOE-SR. 00001 Enterprise System Management, Service Senter, and Information Technology (IT) Captial Planning Support Services 00002 Cybersecurity Support Services 00003 Other Direct Costs (ODCs) </t>
+  </si>
+  <si>
+    <t>ILLUMINA, INC.</t>
+  </si>
+  <si>
+    <t>89243325PFE000828</t>
+  </si>
+  <si>
+    <t>ILLUMINA MiSeq SEQUENCER SERVICE AGREEMENT RENEWAL PERIOD OF PERFORMANCE December 14, 2024 - December 13, 2026</t>
+  </si>
+  <si>
+    <t>238290</t>
+  </si>
+  <si>
+    <t>Other Building Equipment Contractors</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL ELEVATOR MAINTENANCE INC</t>
+  </si>
+  <si>
+    <t>89243323PFE000595</t>
+  </si>
+  <si>
+    <t>National Energy Technology Laboratory (NETL) Elevator Maintenance at the Morgantown, WV and Pittsburgh, PA sites</t>
+  </si>
+  <si>
+    <t>BEACON GROUP, LLC</t>
+  </si>
+  <si>
+    <t>89243526CCR000077</t>
+  </si>
+  <si>
+    <t>The DOE Strategic Petroleum Reserve (SPR) is currently engaged in litigation at the Civilian Board of Contract Appeals (CBCA). Specialized Legal Support Services for well over 100,000 documents needing to be reviewed and prepared for document production. In addition, DOE will need to prepare for up to twenty depositions, as well as trial preparation. Reference Beacon Group Proposal Date with 11DEC2025 to include Attachments A, B, and C.</t>
+  </si>
+  <si>
+    <t>89303022CLP000022</t>
+  </si>
+  <si>
+    <t>LPO is seeking lead outside legal counsel to assist DOE in the evaluation and negotiation of such terms and conditions, and in the preparation of all documents to evidence such terms and conditions of underwriting, structuring, negotiating, and closing a loan in addition to various aspects of the Project described below. The Transaction Counsel must have extensive experience advising clients on commercial transactions involving banks and financial institutions supporting due diligence activities for manufacturing facilities projects for prospective financing.</t>
+  </si>
+  <si>
+    <t>GS-30F-026GA / 89503324FWA400147</t>
+  </si>
+  <si>
+    <t>Altec D3060E Digger Derrick and accessories in accordance with all specifications in Attachment 1 for Western Area Power Administration (WAPA), Sierra Nevada Region (SNR).</t>
+  </si>
+  <si>
+    <t>NNG15SD27B / 89243326FFE400739</t>
+  </si>
+  <si>
+    <t>Red Seal Premium Support Services Renewal. POP 12/18/25-12/17/26.</t>
+  </si>
+  <si>
+    <t>KEARNEY &amp; COMPANY, P.C.</t>
+  </si>
+  <si>
+    <t>GS-00F-031DA / 89233026FNR400132</t>
+  </si>
+  <si>
+    <t>Support to complete Fiscal Year 2024 incurred cost audits for BWXT, Inc. Corporate, Nuclear Fuel Services, and Nuclear Operations Group.</t>
+  </si>
+  <si>
+    <t>WITS SOLUTIONS INC.</t>
+  </si>
+  <si>
+    <t>47QRAD20D8193 / 89303024FMA400753</t>
+  </si>
+  <si>
+    <t>FOIA Litigation and Support Services in support of the Department of Energy (DOE), Office of Public Administration.</t>
+  </si>
+  <si>
+    <t>NORTH WIND DYNAMICS, LLC</t>
+  </si>
+  <si>
+    <t>89303321DEM000065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portsmouth Infrastructure Support Services </t>
+  </si>
+  <si>
+    <t>89243322DFE000017</t>
+  </si>
+  <si>
+    <t>IDIQ Contract for general construction services SBA Requirement # RC1637615045W</t>
+  </si>
+  <si>
+    <t>BLUEPATH LABS LLC</t>
+  </si>
+  <si>
+    <t>89303322DEM000069</t>
+  </si>
+  <si>
+    <t>EM BUSINESS MANAGEMENT SUPPORT SERVICES ID/IQ</t>
+  </si>
+  <si>
+    <t>CATAWBA-TEA, LLC</t>
+  </si>
+  <si>
+    <t>89303323DEM000087</t>
+  </si>
+  <si>
+    <t>Environmental Management Headquarters Consolidated Technical Support Services Bridge IDIQ</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243126FSC400836</t>
+  </si>
+  <si>
+    <t>Splunk Enterprise Renewal (Oak Ridge)</t>
+  </si>
+  <si>
+    <t>ENVERUS, INC.</t>
+  </si>
+  <si>
+    <t>89303026PEI000119</t>
+  </si>
+  <si>
+    <t>Enverus Data Subscription License Renewal</t>
+  </si>
+  <si>
+    <t>CYNTHIA B SIMONSON</t>
+  </si>
+  <si>
+    <t>GS-10F-0065U / 89243422FEE400259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Weatherization Assistance Program (WAP) Technical Assessment and Facilitation Services </t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89243126FSC400835</t>
+  </si>
+  <si>
+    <t>Palo Alto PA-850 and PA-5220 Support Renewal (Germantown, Oak Ridge, and Chicago)</t>
+  </si>
+  <si>
+    <t>ARCHETYPE I LLC</t>
+  </si>
+  <si>
+    <t>47QRAD20D1186 / 89243122FSC400373</t>
+  </si>
+  <si>
+    <t>PROFESSIONAL AND BUSINESS MANAGEMENT SUPPORT SERVICES FOR THE OFFICE OF SCIENCE</t>
+  </si>
+  <si>
+    <t>PORTFOLIO MEDIA, INC.</t>
+  </si>
+  <si>
+    <t>89303022CIM000011</t>
+  </si>
+  <si>
+    <t>This is a Firm Fixed Price Single Source Acquisition to receive annual subscriptions for 7 Office of the Chief Information Officer (OCIO) users at enterprise level, to include access to all news content across 50+ U.S. news sections, including daily newsletters for the U.S. Department of Energy (DOE).</t>
+  </si>
+  <si>
+    <t>UTILICAST LLC</t>
+  </si>
+  <si>
+    <t>89503224PWA000485</t>
+  </si>
+  <si>
+    <t>Southwest Power Pool (SPP) Regional Transmission Organization (RTO) Software Consulting Services</t>
+  </si>
+  <si>
+    <t>PUBLIC SERVICE COMPANY OF COLORADO</t>
+  </si>
+  <si>
+    <t>GS-00P-16-BSD-1203 / 89503026FWA401098</t>
+  </si>
+  <si>
+    <t>Electric Utilities for Western Area Power Administration Headquarters Office.</t>
+  </si>
+  <si>
+    <t>SAGE ENERGY TRADING LLC</t>
+  </si>
+  <si>
+    <t>47PA0724D0062 / 89303325FEM400445</t>
+  </si>
+  <si>
+    <t>This delivery order is for natural gas supply to the Portsmouth Gaseous Diffusion Plant in Pike County Ohio.</t>
+  </si>
+  <si>
+    <t>AKIMA FACILITIES OPERATIONS LLC</t>
+  </si>
+  <si>
+    <t>89243325CFE000099</t>
+  </si>
+  <si>
+    <t>Design Build - B23 Facility Renovations</t>
+  </si>
+  <si>
+    <t>424120</t>
+  </si>
+  <si>
+    <t>Stationery and Office Supplies Merchant Wholesalers</t>
+  </si>
+  <si>
+    <t>WINSTON-SALEM INDUSTRIES FOR THE BLIND, INC.</t>
+  </si>
+  <si>
+    <t>89303022CMA000070</t>
+  </si>
+  <si>
+    <t>Requisition 22MA000008 was issued to create a new contract for the supply store in the Forrestal and Germantown building. The Period of Performance is as follows Base Year 1/1/22 to 12/31/22 Option Year 1 1/1/23 to 12/31/23 Option Year 2 1/1/24 to 12/31/24 Option Year 3 1/1/25 to 12/31/25 Option Year 4 1/1/26 to 12/31/26</t>
+  </si>
+  <si>
+    <t>GS-35F-0332T / 89503026FWA401112</t>
+  </si>
+  <si>
+    <t>To acquire the renewal of the subscription for MCG Energy Solutions, LLC software services.</t>
+  </si>
+  <si>
+    <t>513120</t>
+  </si>
+  <si>
+    <t>ELSEVIER B.V.</t>
+  </si>
+  <si>
+    <t>89243123PSC000246</t>
+  </si>
+  <si>
+    <t>Journal Renewal Period of Subscription: 1/1/2023-12/31/2023</t>
+  </si>
+  <si>
+    <t>ROYAL SOCIETY OF CHEMISTRY (THE)</t>
+  </si>
+  <si>
+    <t>89243123PSC000273</t>
+  </si>
+  <si>
+    <t>2024 Journal renewal</t>
+  </si>
+  <si>
+    <t>89503026PWA000516</t>
+  </si>
+  <si>
+    <t>SNC ITOA 2026 MAINTENANCE SUPPORT RENEWAL</t>
+  </si>
+  <si>
+    <t>89503426PWA002159</t>
+  </si>
+  <si>
+    <t>DOBLE ENOSERV RTS MAINTENANCE SUPPORT, SDMO, NDMO &amp; MMO</t>
+  </si>
+  <si>
+    <t>FOCUS LEARNING CORPORATION</t>
+  </si>
+  <si>
+    <t>89503026PWA000512</t>
+  </si>
+  <si>
+    <t>FY26 Focus Qlarity Software License Renewal and Maintenance</t>
+  </si>
+  <si>
+    <t>SAE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>89233124PNA000177</t>
+  </si>
+  <si>
+    <t>Subscription to SAE International for, SAE Digital Ground Vehicle Standards Collection, Technical Papers Collection, and SAE Journals.</t>
+  </si>
+  <si>
+    <t>PRENAX, INC.</t>
+  </si>
+  <si>
+    <t>89243122PSC000200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Journal renewal with option years starting with base year 1/1/2022-12/31/2022 </t>
+  </si>
+  <si>
+    <t>PARSONS GOVERNMENT SERVICES INC.</t>
+  </si>
+  <si>
+    <t>89303024CLP000089</t>
+  </si>
+  <si>
+    <t>Independent Technical and Engineering Advisory Services in support of Loan Number 1440 selected through RS02-00133. The funding amount is for Work Area 1 only, plus one half of ODC's and one half of additional engineering services: $441,478 (WA1) + $125,000 (one half Additional Services) + $100,000 (one half ODCs)</t>
+  </si>
+  <si>
+    <t>UTILITIES INTERNATIONAL, INC.</t>
+  </si>
+  <si>
+    <t>89503026PWA000511</t>
+  </si>
+  <si>
+    <t>FY26 UIPlanner Software as a Service (SaaS) for Integrated Resource Planning (IRP)</t>
+  </si>
+  <si>
+    <t>EPSILON, INC.</t>
+  </si>
+  <si>
+    <t>47QTCH18D0014 / 89303522FEM400024</t>
+  </si>
+  <si>
+    <t>OREM Cybersecurity Support Services</t>
+  </si>
+  <si>
+    <t>NNG15SD06B / 89503026FWA401111</t>
+  </si>
+  <si>
+    <t>FY26 Power Line Systems - Computer Aided Design and Drafting (PLS-CADD) Software License Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89503026FWA401108</t>
+  </si>
+  <si>
+    <t>FY26 Siemens Power System Simulator for Engineering (PSSE) Software Maintenance and Support</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89503626FSW400373</t>
+  </si>
+  <si>
+    <t>VMWare software licenses and support for one year FY26</t>
+  </si>
+  <si>
+    <t>ITRON INC</t>
+  </si>
+  <si>
+    <t>89503026PWA000517</t>
+  </si>
+  <si>
+    <t>FY26-ITRON MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>PROJECT SERVICES GROUP, LLC</t>
+  </si>
+  <si>
+    <t>GS-00F-120CA / 89303724FEM400311</t>
+  </si>
+  <si>
+    <t>Nuclear Materials support staff for Pu Program Storage and Disposition Analysis Support Services. Project Services Group contract DE-NA0003061/DOTO 89303721FEM000072. Period of Performance funded 1/1/24 - 12/31/24.</t>
+  </si>
+  <si>
+    <t>GS-00F-0004T / 89233121FNA400380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U.S. DEPARTMENT OF ENERGY/NATIONAL NUCLEAR SECURITY ADMINISTRATION (DOE/NNSA)OFFICE OF COUNTERTERRORISM AND COUNTER-PROLIFERATION (NA-80) TECHNICAL SUPPORT SERVICES </t>
+  </si>
+  <si>
+    <t>IOWA STATE UNIVERSITY EQUITIES CORPORATION</t>
+  </si>
+  <si>
+    <t>DE-AC02-07CH11358</t>
+  </si>
+  <si>
+    <t>MULTI-PROGRAM NATIONAL PHYSICAL RESEARCH INCLUDING RARE EARTHS AND USE OF AMES MPC.</t>
+  </si>
+  <si>
+    <t>IOWA</t>
+  </si>
+  <si>
+    <t>BLOOMSBURIE LLC</t>
+  </si>
+  <si>
+    <t>89303022CHC000013</t>
+  </si>
+  <si>
+    <t>NEW 8(a) AWARD Bloomsburie LLC #89303022CHC000013/LQ1638366611V Including: Seed FUNDING for Task w/GC.</t>
+  </si>
+  <si>
+    <t>Oakland Operations Office</t>
+  </si>
+  <si>
+    <t>BOEING COMPANY, THE</t>
+  </si>
+  <si>
+    <t>DE-AC03-99SF21530</t>
+  </si>
+  <si>
+    <t>ENVIRONMENTAL RESTORATION AND REMEDIATION OF THE FORMER ENERGY TECHNOLOGY ENGINEERING CENTER (ETEC) SITE</t>
+  </si>
+  <si>
+    <t>561499</t>
+  </si>
+  <si>
+    <t>All Other Business Support Services</t>
+  </si>
+  <si>
+    <t>LIVING INVIGORATING VALUABLE EXPERIENCES, LLC (LIVE</t>
+  </si>
+  <si>
+    <t>89303022CMA000072</t>
+  </si>
+  <si>
+    <t>Management Support</t>
+  </si>
+  <si>
+    <t>SWI INDUSTRIAL SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>89503622CSW000054</t>
+  </si>
+  <si>
+    <t>Janitorial Services for Springfield Maintenance and Operations Field Offices, Southwestern Power Administration</t>
+  </si>
+  <si>
+    <t>812930</t>
+  </si>
+  <si>
+    <t>Parking Lots and Garages</t>
+  </si>
+  <si>
+    <t>89303022CMA000071</t>
+  </si>
+  <si>
+    <t>Requisition 22MA000049 was issued for a follow-on award for parking garage services. The contractor will provide the necessary labor, supervision, materials, supplies, and equipment to provide parking management services and operations at the Forrestal Building. The Period of Performance is Base Period 01/01/22 to 12/31/22 Option Period 1 01/01/23 to 12/31/23 Option Period 2 01/01/24 to 12/31/24 Option Period 3 01/01/25 to 12/31/25 Option Period 4 01/01/26 to 12/31/26</t>
+  </si>
+  <si>
+    <t>NNG15SD43B / 89503026FWA401107</t>
+  </si>
+  <si>
+    <t>FY 26-CITRIX LICENSE AND MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>CE2 CORPORATION, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-207CA / 89233122FNA400408</t>
+  </si>
+  <si>
+    <t>FOIA Support Services Task Order under DOE/NNSA TEPS BPA DE-NA0003129 (SC&amp;A)</t>
+  </si>
+  <si>
+    <t>GS-10F-263AA / 89503124FWA400546</t>
+  </si>
+  <si>
+    <t>Technical Engineering Support 5200 DSW/WAPA</t>
+  </si>
+  <si>
+    <t>333316</t>
+  </si>
+  <si>
+    <t>PRINTING MACHINERY AND EQUIPMENT MANUFACTURING</t>
+  </si>
+  <si>
+    <t>XEROX CORPORATION</t>
+  </si>
+  <si>
+    <t>GS-03F-137DA / 89303022FMA400475</t>
+  </si>
+  <si>
+    <t>TAS::89 4563::TAS Provide US Department of Energy with a 60 months maintenance agreement with Xerox in the amount of $40,680 effective 12/1/2021 per the attached price proposals WS Y09506 and WS Y49260.</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243225FNE400206</t>
+  </si>
+  <si>
+    <t>Palo Alto Firewall License Renewal.</t>
+  </si>
+  <si>
+    <t>JGMS GOVERNMENT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>GS00F0014Y / 89233122FNA400415</t>
+  </si>
+  <si>
+    <t>Management, Organizational, and Administrative Support Services Task Order under the Department of Energy, National Nuclear Security Administration (DOE/NNSA) TEPS II BPA in support of the Office of Defense Nuclear Nonproliferation (NA-20), Office of Projects and Acquisition.</t>
+  </si>
+  <si>
+    <t>GLOBAL MIRACLE SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>47QRAD20D1047 / 89303022FEI400104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The U.S. Energy Information Administration (EIA), Office of Resource and Technology Management (ORTM) Organizational Support Services Vendor: Global Miracle Solutions LLC GSA OASIS Contract# 47QRAD20D1047 DUNS: 116764509 </t>
+  </si>
+  <si>
+    <t>INSTITUTE FOR DEFENSE ANALYSES INCORPORATED</t>
+  </si>
+  <si>
+    <t>NSFOIA0408601 / 89243124FSC400612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The National Science and Technology Council (NSTC) Research and Development Infrastructure (RDI) Subcommittee (SC) co-chairs are conducting an assessment of the U.S. competitive position on research and development infrastructure. Guided by recent reports from academic organizations, the Department of Energy Office of Science¿s international benchmarking exercises, and the State Department¿s recent demarche requesting that U.S. embassies assess future research and development infrastructure plans in host countries, the RDI will assess the current position of the United States and make recommendations on how agencies should position themselves in the context of the global technology competition. The assessment will be assisted by science writers, supported by the Department of Energy, from our national laboratory system. STPI support is necessary to provide additional context, including from classified sources, on U.S. capabilities and to help ensure the document covers equities beyond those in the U.S. Department of Energy. Additional activities of the RDI include those undertaken by the Human Centered Infrastructure working group, which is hoping to build recommendations for RDIs (which are frequently government owned, company operated) to build more equitable and diverse teams, as well as a new Data Infrastructure working group intended to answer the complex computing needs required by our system of national laboratories. STPI would provide ongoing support for these activities, as well, through its assistance to the RDI executive secretary. These activities should culminate in a White House-hosted launch event for the report, taking place sometime between January and March, 2024. It will provide an opportunity to highlight the importance of research and development infrastructure in the context of the global competition, focusing on critical infrastructure needs in the RDI space, highlighting the need to build diverse teams and international partnerships, while also underscoring the societal value of these facilities and capabilities. </t>
   </si>
   <si>
     <t>334290</t>
   </si>
   <si>
     <t>Other Communications Equipment Manufacturing</t>
   </si>
   <si>
     <t>GEOTAB USA, INC.</t>
   </si>
   <si>
-    <t>GS-35F-164GA / 89503425FWA401687</t>
-[...62 lines deleted...]
-    <t>valerie.mills@hq.doe.gov</t>
+    <t>GS-35F-164GA / 89503426FWA401813</t>
+  </si>
+  <si>
+    <t>Use of telematics for Western Area Power Administration owned and leased vehicles</t>
   </si>
   <si>
     <t>238320</t>
   </si>
   <si>
     <t>Painting and Wall Covering Contractors</t>
   </si>
   <si>
     <t>JB CONTRACTING, INC.</t>
   </si>
   <si>
     <t>89303025DMA000037</t>
   </si>
   <si>
     <t>Requisition 25MA000030 was issued to provide painting services for the Forrestal and Germantown locations. All work will be in accordance with the attached Statement of Work, and Terms and Conditions. The Period of Performance is Base Year 01/16/25 to 01/15/26 Option Period 1 01/16/26 to 01/15/27 Option Period 2 01/16/27 to 01/15/28</t>
   </si>
   <si>
-    <t>335311</t>
-[...59 lines deleted...]
-    <t>Engineering Services</t>
+    <t>POWERWORLD CORP</t>
+  </si>
+  <si>
+    <t>89503026PWA000510</t>
+  </si>
+  <si>
+    <t>FY26 PowerWorld Simulator License Maintenance Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SC23B / 89503624FSW400302</t>
+  </si>
+  <si>
+    <t>AUTOCAD AND AEC COLLECTION RENEWAL 3 YEARS 1/29/24 through 1/28/27</t>
+  </si>
+  <si>
+    <t>89243224CNE000035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restore URF to be used be used for future generic Research &amp; Development purposes by: 1. CLIN 0001 Establishing electricity and communications in existing Underground Research Facility (URF) as described in the attached Specification: Establishing Electricity and Communications in existing URF, 17-00-001, Rev 2; 2. CLIN 0002 Removal of all ancillary rail items including clips, joint bars (fish plates), nuts, rail gauge stringers, track bolts and remaining rails from inside the existing tunnel and run a cylindrical broom, street sweeper, or any other appropriate method to remove the existing dust and tur out of the tunnel or into the crevices between the supporting concrete floor panels until the tunnel is reasonable clean for future use. No trash, waste or other debris will be left in the tunnel after the work is completed. </t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89243326FFE400742</t>
+  </si>
+  <si>
+    <t>Salesforce Service Cloud - Enterprise Edition for POP 1/31/26-1/30/27</t>
+  </si>
+  <si>
+    <t>89503324PWA000363</t>
+  </si>
+  <si>
+    <t>Cottonwood Section G Control Building pre-manufactured metal building structure for Western Area Power Administration's (WAPA) Sierra Nevada Region (SNR)</t>
+  </si>
+  <si>
+    <t>CYBERNAMIC LLC</t>
+  </si>
+  <si>
+    <t>47QTCB21D0381 / 89233125FNA400675</t>
+  </si>
+  <si>
+    <t>Project Manager Services (Cybernamic, LLC.)</t>
+  </si>
+  <si>
+    <t>METAPHASE CONSULTING LLC</t>
+  </si>
+  <si>
+    <t>47QTCB22D0095 / 89233125FNA400674</t>
+  </si>
+  <si>
+    <t>Program Management Business Operations</t>
+  </si>
+  <si>
+    <t>NNG15SD09B / 89503026FWA401113</t>
+  </si>
+  <si>
+    <t>FY26 Safran Electrical and Power Software Software License Renewal</t>
+  </si>
+  <si>
+    <t>NNG15SD38B / 89303124FEM400334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office - Adobe Acrobat Sign FedRamp Moderate Subscription Bundle - One base year with two - 1 year options </t>
+  </si>
+  <si>
+    <t>GS-00F-0014Y / 89233122FNA400417</t>
+  </si>
+  <si>
+    <t>Administrative Office Support Services Task Order under the Department of Energy, National Nuclear Security Administration (DOE/NNSA) TEPS II BPA in support of the Nevada Field Office, Las Vegas, Nevada.</t>
+  </si>
+  <si>
+    <t>FORT SMITH, CITY OF</t>
+  </si>
+  <si>
+    <t>89233118CNA000009</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Fort Smith Water and Sewer Services for NA-15</t>
+  </si>
+  <si>
+    <t>ACCESS INTELLIGENCE LLC</t>
+  </si>
+  <si>
+    <t>89303023PMA000292</t>
+  </si>
+  <si>
+    <t>The purpose of this requirement is to issue a new Firm-Fixed-Price (FFP) purchase order for the renewal of Weapons Complex Monitor and Weapons Complex Morning Brief subscriptions that provides intelligence and inside information on first hand reports from Washington, the major DOE sites and national laboratories, interviews with top-level officials and waste management cleanup for DOE's Weapons Complex.</t>
+  </si>
+  <si>
+    <t>ATP GOV, LLC</t>
+  </si>
+  <si>
+    <t>NNG15SC58B / 89243524FCR400029</t>
+  </si>
+  <si>
+    <t>New Microsoft Laptop and accessories</t>
+  </si>
+  <si>
+    <t>ELEVATE IMPROVEMENT LLC</t>
+  </si>
+  <si>
+    <t>89503024PWA000444</t>
+  </si>
+  <si>
+    <t>Department of Energy/Western Area Power Administration's (WAPA) Aviation Department and Flight Operations Purchase Order for a secured hangar space for one (1) Bell 407 helicopter (N616DE) near the Deer Valley, AZ WAPA office.</t>
+  </si>
+  <si>
+    <t>312112</t>
+  </si>
+  <si>
+    <t>Bottled Water Manufacturing</t>
+  </si>
+  <si>
+    <t>Travis Sanders</t>
+  </si>
+  <si>
+    <t>89503122PWA000527</t>
+  </si>
+  <si>
+    <t>SVC - BOTTLED WATER FOR MAINTENANCE &amp; LINECREW FIELD CRAFTSMEN</t>
+  </si>
+  <si>
+    <t>89303022CLP000020</t>
+  </si>
+  <si>
+    <t>Outside legal counsel services to LPO in support of a loan application from Clean Flexible Energy LLC for Project Marahu.</t>
+  </si>
+  <si>
+    <t>GS-00F-0014Y / 89233122FNA400434</t>
+  </si>
+  <si>
+    <t>Administrative Office Support Services Task Order under the Department of Energy, National Nuclear Security Administration (DOE/NNSA) TEPS II BPA in support of the Kansas City Field Office</t>
+  </si>
+  <si>
+    <t>HYPERION RESEARCH HOLDINGS, LLC</t>
+  </si>
+  <si>
+    <t>89233123PNA000168</t>
+  </si>
+  <si>
+    <t>Funds for Membership</t>
+  </si>
+  <si>
+    <t>4CLICKS SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89303025CMA000130</t>
+  </si>
+  <si>
+    <t>Requisition 25MA000045 was issued for project estimating software, technical support, and software licensing in support of the Office of Management for the Firm-Fixed Price of $53,529.50 for the Base Year and one Option Year for $56,206.00 for a total amount of $109,735.50. The Period of Performance is: Base Year 02/24/25 to 02/23/26 Option 1 02/24/26 to 02/23/27</t>
+  </si>
+  <si>
+    <t>G &amp; RK CONSULTING ASSOCIATES LLC</t>
+  </si>
+  <si>
+    <t>89503223CWA000093</t>
+  </si>
+  <si>
+    <t>TRANSFORMER, 150 MVA 230 115 KV</t>
+  </si>
+  <si>
+    <t>EXETER ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t>89243122CSC000118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advisory and Assistance Services for utility management programs for DOE Contractor operated facilities in Northern California, including LLNL, LBNL, and SLAC </t>
+  </si>
+  <si>
+    <t>ASSETWORKS INC.</t>
+  </si>
+  <si>
+    <t>GS-35F-317GA / 89233124FNA400577</t>
+  </si>
+  <si>
+    <t>Fleet Focus M5 Maintenance and Support Renewal 3-year base plus 2 one-year options, total period of coverage 3/1/2024-2/28/2027.</t>
+  </si>
+  <si>
+    <t>89303022CLP000026</t>
+  </si>
+  <si>
+    <t>Outside Counsel Services in Support of a Loan Guarantee Application from EEW American Offshore Structures, Inc. for the Monopile Manufacturing Project</t>
+  </si>
+  <si>
+    <t>CIVIL DESIGN &amp; ENGINEERING, INC.</t>
+  </si>
+  <si>
+    <t>89503122DWA000004</t>
+  </si>
+  <si>
+    <t>2022 Architecture and Engineering IDIQ - WAPA/DSW</t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89233124FNA400595</t>
+  </si>
+  <si>
+    <t>Groundswell Integrated Budget Suite (GIBS), an Appian brand-name low-code software solution</t>
+  </si>
+  <si>
+    <t>NNG15SD70B / 89503026FWA401102</t>
+  </si>
+  <si>
+    <t>FY26 Infoblox Software License Renewal and Maintenance</t>
+  </si>
+  <si>
+    <t>89303024CMA000107</t>
+  </si>
+  <si>
+    <t>Requisition 24MA000063 was issued to create an 8a direct award for property management services at the DOE headquarters facility for the amount of $4,484,563.20. The Period of Performance is: Base Year 03/01/2024 to 02/28/2025 Option Year 1 03/01/2025 to 02/28/2026 Option Year 2 03/01/2026 to 02/28/2027</t>
+  </si>
+  <si>
+    <t>89303024CMA000108</t>
+  </si>
+  <si>
+    <t>Requisition 24MA000063 was issued to create an 8a direct award for warehouse services for the Department of Energy Headquarters in the amount of $2,437,489.60. The Period of Performance is: Base Year 03/01/2024 to 02/28/2025 Option Year One 03/01/2025 to 02/28/2026 Option Year Two 03/01/2026 to 02/28/2027</t>
+  </si>
+  <si>
+    <t>89303024CMA000109</t>
+  </si>
+  <si>
+    <t>Requisition 24MA000065 was issued to create an 8a direct award for moving and labor support for the Department of Energy Headquarters for the amount of $4,497,038.40. The Period of Performance is: Base Year 03/01/2024 to 02/28/2025 Option Year One 03/01/2025 to 02/28/2026 Option Year Two 03/01/2026 to 02/28/2027</t>
+  </si>
+  <si>
+    <t>TEKPRO SUPPORT SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89303320DEM000034</t>
+  </si>
+  <si>
+    <t>The EMCBC and the Small Sites across the DOE Complex have a requirement for Administrative Support Services. These Support Services include, but are not limited to, general and specialized positions in accounting, administration, contracting, Contractor Human Resources Management, Freedom of Information Act support, and Records Management support. It is essential that the EMCBC and DOE Small Sites have highly qualified contractors that are capable of successfully performing the scope and interacting with regulators in an effective and efficient manner.</t>
+  </si>
+  <si>
+    <t>AMERICAN INSPECTION &amp; TEST INC</t>
+  </si>
+  <si>
+    <t>89503122DWA000005</t>
+  </si>
+  <si>
+    <t>Heavy Equipment Inspection Services, Indefinite Delivery/Indefinite Quantity Contract, Western Area Power Administration, Desert Southwest Region</t>
+  </si>
+  <si>
+    <t>PROBST CLEANING SERVICE INC</t>
+  </si>
+  <si>
+    <t>89503422PWA001279</t>
+  </si>
+  <si>
+    <t>Montana Maintenance Office Janitorial/Custodial Service Fort Peck Montana</t>
+  </si>
+  <si>
+    <t>ALLCOM GLOBAL SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>47QSWA19D004F / 89243122FSC400387</t>
+  </si>
+  <si>
+    <t>OSTI Buyer: Tammy Payne ALLCom ORNL/OSTI UPS System Vendor: AllCom Global Services, Inc.</t>
+  </si>
+  <si>
+    <t>CADRE5, LLC</t>
+  </si>
+  <si>
+    <t>47QTCA21D00FT / 89233125FNA400728</t>
+  </si>
+  <si>
+    <t>The scope of the PWS is to provide development support to the G2 Team to work on the G2 Project and suppport all the development needed.</t>
+  </si>
+  <si>
+    <t>S&amp;P GLOBAL INC.</t>
+  </si>
+  <si>
+    <t>89303025PEI000117</t>
+  </si>
+  <si>
+    <t>The purpose of this requirement is to procure Petroleum Industry Research Associates, Inc. (PIRA) Subscription ¿ S&amp;P Global Commodity Insights (formerly PLATTS) for the U.S. Energy Information (EIA), Office of Energy Analysis (OEA).</t>
+  </si>
+  <si>
+    <t>GEM TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>47QRAA20D007W / 89303023FGD400001</t>
+  </si>
+  <si>
+    <t>Program Management and Operational Support for the Grid Deployment Office¿s (GDO) Puerto Rico Energy Resilience Program utilizing Technical, Engineering, and Programmatic Services III (TEPS III) BPA</t>
+  </si>
+  <si>
+    <t>47QTCA20D00B5 / 89503022FWA400514</t>
+  </si>
+  <si>
+    <t>WAPA Mobile Services</t>
+  </si>
+  <si>
+    <t>89303024CMA000111</t>
+  </si>
+  <si>
+    <t>8(a) direct award to Alexton Incorporated for Administrative Support Services Period of Performance 03/16/2024 to 11/15/2027 REQ 24MA000 Subject to Availability of Funds</t>
+  </si>
+  <si>
+    <t>89303024CMA000112</t>
+  </si>
+  <si>
+    <t>8(a) direct award to Alexton Incorporated for Conference Support Services Period of Performance 03/16/2024 to 03/15/2027 REQ 24MA000134 Subject to Availability of Funds</t>
+  </si>
+  <si>
+    <t>GS-00F-168CA / 89233125FNA000182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technical Support Services For National Environmental Policy Act (NEPA) Compliance Associated with the Pit Production Program for Department of Energy/National Nuclear Security Administration¿s Office of Environment, Safety, and Health. </t>
+  </si>
+  <si>
+    <t>BPA Call</t>
+  </si>
+  <si>
+    <t>315999</t>
+  </si>
+  <si>
+    <t>Other Apparel Accessories and Other Apparel Manufacturing</t>
+  </si>
+  <si>
+    <t>INTEGRATED SECURITY TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>GS07F9158S / 89303021FAU400007</t>
+  </si>
+  <si>
+    <t>Integrated Security Management System (ISMS) support services</t>
+  </si>
+  <si>
+    <t>IPD LATIN AMERICA, LLC</t>
+  </si>
+  <si>
+    <t>89303023PET000027</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is for subscription to IPD Latin America, LLC. The scope of this effort will require the Contractor, IPD, to provide ESD with two core, specialized publication product suites, which are devoted to reporting on energy security, supply, infrastructure, and investment in Venezuela and Mexico. Along with these publication suites, IPD will provide Energy Security Division (ESD) with product associated energy consulting services from IPD¿s Mexico and/or Venezuela subject matter experts. Additionally, if requested by the Government Sponsor and exercised as an option by the Contracting Officer for any annual performance term, IPD will pursue a project study level-of-effort that will include a specialized deep-dive report addressing the implications/risks for US energy interests stemming from energy related events occurring in Venezuela or Mexico.</t>
+  </si>
+  <si>
+    <t>GS00F103DA / 89303021FCF400027</t>
+  </si>
+  <si>
+    <t>The principal business lines of this office are as follows: ¿ Resource Planning [i.e., Planning, Programming, Budget Formulation, and Execution (PPBE)] ¿ Resource and Affordability Analysis ¿ Portfolio Analysis ¿ Economic, Contractor Benefits, and Manpower Analysis ¿ Program Management and Evaluation Policy, Procedures, Guidance ¿ Data Collection, Processes, Storage, and Visualization ¿ Data Visualization and Dashboard Development</t>
+  </si>
+  <si>
+    <t>89303024PEI000106</t>
+  </si>
+  <si>
+    <t>The U.S. Energy Information Administration (EIA), Office of Resources &amp; Technology Management (ORTM), Office of Information Technology (OIT) would like to issue an 8(a) Firm-Fixed-Price (FFP) direct award to Code Plus for EIA's IT Service Desk Support services.</t>
+  </si>
+  <si>
+    <t>NNG15SD11B / 89233124FNA400598</t>
+  </si>
+  <si>
+    <t>Purchase Order for yearly renewal of Commvault Software Premier Support Coverage</t>
+  </si>
+  <si>
+    <t>89243324DFE000026</t>
+  </si>
+  <si>
+    <t>IDIQ for Design/Build Contract of the Geoscience, Environmental and Materials (GEMs) Computational Center Project</t>
+  </si>
+  <si>
+    <t>89503622PSW000148</t>
+  </si>
+  <si>
+    <t>LEASE OF DOBLE TESTING EQUIPMENT FOR SOUTHWESTERN POWER ADMINISTRATION</t>
+  </si>
+  <si>
+    <t>89503224PWA000442</t>
+  </si>
+  <si>
+    <t>3 phase 115/69-13.8 kV Transformer</t>
+  </si>
+  <si>
+    <t>HITACHI ENERGY USA INC.</t>
+  </si>
+  <si>
+    <t>89243325PFE000933</t>
+  </si>
+  <si>
+    <t>Energy Velocity Essential and PROMOD Maintenance Agreement Renewal (10/01/2025 - 03/31/2027)</t>
+  </si>
+  <si>
+    <t>CHICKASAW AEROSPACE, LLC</t>
+  </si>
+  <si>
+    <t>47QRAD20D8108 / 89243222FNE400079</t>
+  </si>
+  <si>
+    <t>Advisory &amp; Assistance and Administrative Support for The Department of Energy (DOE), Office of Nuclear Energy (NE)</t>
+  </si>
+  <si>
+    <t>NNG15SD72B / 89503025FWA401087</t>
+  </si>
+  <si>
+    <t>To upgrade from IBM Maximo Asset Management to Maximo Application Suite.</t>
+  </si>
+  <si>
+    <t>CYKOR LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD66B / 89303124FEM400341</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Information Technology Purchase for Portsmouth Paducah Project Office -Adobe Enterprise Agreement </t>
+  </si>
+  <si>
+    <t>89303024CET000022</t>
+  </si>
+  <si>
+    <t>IOC support services</t>
+  </si>
+  <si>
+    <t>GS-00F-0004T / 89243322FAU400003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U.S. Department of Energy (DOE) Office of the Associate Under (AU) Secretary for Security Support Services. Contractor to develop and implement safeguards and security programs that provide protection to national security and other vital national assets entrusted to DOE. </t>
+  </si>
+  <si>
+    <t>HUNATEK SYSTEM SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89233125CNA000427</t>
+  </si>
+  <si>
+    <t>Strategic and Programmatic Support Services for the National Nuclear Security Administration's Office of Global Material Security.</t>
+  </si>
+  <si>
+    <t>561410</t>
+  </si>
+  <si>
+    <t>Document Preparation Services</t>
+  </si>
+  <si>
+    <t>89303024CMA000102</t>
+  </si>
+  <si>
+    <t>8(a) Direct Award to Alexton Incorporated for Printing and Copy Management Services The period of performance is 04/01/2024 to 03/31/2027 consisting of 1 base and 2 option periods. REQ 24MA000238 $222,000.00</t>
+  </si>
+  <si>
+    <t>K &amp; F SERVICES, INC</t>
+  </si>
+  <si>
+    <t>89503422PWA001317</t>
+  </si>
+  <si>
+    <t>MMO JANITORIAL SERVICES FOR HAVRE COMMUNICATION SHOP AND HAVRE MAINTENANCE</t>
+  </si>
+  <si>
+    <t>BRANNEN, FREDA</t>
+  </si>
+  <si>
+    <t>89503622PSW000150</t>
+  </si>
+  <si>
+    <t>Jonesboro Office &amp; Substation Mowing Services for SWPA</t>
+  </si>
+  <si>
+    <t>TRUSTEES OF PRINCETON UNIVERSITY, THE</t>
+  </si>
+  <si>
+    <t>DE-AC02-09CH11466</t>
+  </si>
+  <si>
+    <t>MANAGEMENT AND OPERATING CONTRACT FOR THE MANAGEMENT AND OPERATION OF THE PRINCETON PLASMA PHYSICS LABORATORY (PPPL)</t>
+  </si>
+  <si>
+    <t>EFFICIENCY GROUP, LLC, THE</t>
+  </si>
+  <si>
+    <t>47QRAA19D0029 / 89303022FEI400111</t>
+  </si>
+  <si>
+    <t>The purpose of this requisition is to establish a new contract for Enterprise Business Process Improvement.</t>
+  </si>
+  <si>
+    <t>47QRAA19D0029 / 89303022FIE400002</t>
+  </si>
+  <si>
+    <t>INTEGRATED POWER CO</t>
+  </si>
+  <si>
+    <t>89503225CWA000115</t>
+  </si>
+  <si>
+    <t>Sand Creek Switching Station - The principal components of work include constructing a new 115-kV switching station consisting of three (3) breaker ring bus on the Erie ¿ Hoyt ¿ Willoby transmission lines, associated electrical equipment, structures, foundations, prefabricated control building foundation, site development and 0.3-miles of 115-kV transmission line for approach spans into switching station; removing 0.3-miles of 115-kV transmission line; fiber optic installation including fiber optic cable(s), fiber splicing and all associated fiber equipment for Sand Creek Switching Station Stage 01.</t>
+  </si>
+  <si>
+    <t>INVADER PEST MANAGEMENT, INC.</t>
+  </si>
+  <si>
+    <t>89503122PWA000543</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEST AND WEED CONTROL SERVICES FOR WESTERN AREA POWER ADMINISTRATION DSW PHOENIX, ARIZONA IAW PWS PLUS FOUR OPTION YEARS </t>
+  </si>
+  <si>
+    <t>HOT/SHOT INFRARED INSPECTIONS, INC.</t>
+  </si>
+  <si>
+    <t>89503324PWA000320</t>
+  </si>
+  <si>
+    <t>The Western Area Power Administration (WAPA), Sierra Nevada Region (SNR) requires a Contractor to scan several high voltage electrical transmission lines for Corona and arcing. The camera equipment used will record Ultra-Violet (UV) video images and Infra-Red (IR) images. High definition still pictures of areas with corona are required. The data will be reviewed and analyzed. Reports will be generated showing all areas of concern and their order of severity so that maintenance can be prioritized. The Government will furnish one helicopter, pilot, and personnel to safely fly and guide contractor over transmission lines.</t>
+  </si>
+  <si>
+    <t>PITNEY BOWES INC.</t>
+  </si>
+  <si>
+    <t>47QSMA21D08R3 / 89243325FFE400663</t>
+  </si>
+  <si>
+    <t>Electronic Mail Services for all 3 sites: Albany, OR; Morgantown, WV; Pittsburgh, PA (Period of Performance 04/22/2025 - 04/21/2026</t>
+  </si>
+  <si>
+    <t>89303022CLP000030</t>
+  </si>
+  <si>
+    <t>Outside transactional counsel advisory services in support of a loan guarantee application for Project Hestia.</t>
+  </si>
+  <si>
+    <t>CANON MEDICAL SYSTEMS USA, INC.</t>
+  </si>
+  <si>
+    <t>89243322PFE000528</t>
+  </si>
+  <si>
+    <t>Canon Medical Systems USA, Inc. - Maintenance Agreements for Aquilion RXL Whole Body CY Scanner: Base Year: 04/30/2022 - 04/29/2023 Option Year One (1): 04/30/2023 - 04/29/2024 Option Year Two (2): 04/30/2024 - 04/29/2025 Option Year Three (3): 04/30/2025 - 04/29/2026 Option Year Four (4): 04/30/2026 - 04/29/2027</t>
+  </si>
+  <si>
+    <t>89243322PFE000533</t>
+  </si>
+  <si>
+    <t>Thermo Electron North America, LLC - Annual Maintenance Contract; Including 4 One-Year Option Periods: Base Year: 04/30/2022 - 04/29/2023 Option Year 1: 04/30/2023 - 04/29/2024 Option Year 2: 04/30/2024 - 04/29/2025 Option Year 3: 04/30/2025 - 04/29/2026 Option Year 4: 04/30/2026 - 04/29/2027</t>
+  </si>
+  <si>
+    <t>SILVER LAKE CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>89243324CFE000088</t>
+  </si>
+  <si>
+    <t>Computational Science and Engineering Facility SBA Requirement #QR1701437364V</t>
+  </si>
+  <si>
+    <t>89243222DNE000002</t>
+  </si>
+  <si>
+    <t>Nuclear Industry Advisory and Assistance Services(A&amp;AS)Support under GSA Contract 47QRAA18D005Q New Award</t>
+  </si>
+  <si>
+    <t>MAS CONSULTANTS &amp; POINT SIX INC.</t>
+  </si>
+  <si>
+    <t>47QRAA20D005B / 89233025FNR400115</t>
+  </si>
+  <si>
+    <t>Naval Reactors Laboratory Field Office Finance Division Support</t>
+  </si>
+  <si>
+    <t>89303925CEM000059</t>
+  </si>
+  <si>
+    <t>Award to Washington State University to complete tasks 1 through 4 on the statement of work.</t>
+  </si>
+  <si>
+    <t>NEVADA SYSTEM OF HIGHER EDUCATION</t>
+  </si>
+  <si>
+    <t>89233122CNA000255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technical Research, Engineering, and Development Services (TREDS) II supporting the Department of Energy (DOE) National Nuclear Security Administration (NNSA) - Nevada Field Office (NFO) </t>
+  </si>
+  <si>
+    <t>NATIONAL TECHNOLOGY &amp; ENGINEERING SOLUTIONS OF SANDIA, LLC</t>
+  </si>
+  <si>
+    <t>DE-NA0003525</t>
+  </si>
+  <si>
+    <t>IGF::CL,CT::IGF Contract Award DE-NA0003525 to the National Technology &amp; Engineering Solutions of Sandia, LLC (NTESS) for the Management and Operation of the Department of Energy, National Nuclear Security Administration's Sandia National Laboratories (SNL)</t>
+  </si>
+  <si>
+    <t>89503624CSW000070</t>
+  </si>
+  <si>
+    <t>IT and Administrative Support Services for Southwestern Power Administration</t>
+  </si>
+  <si>
+    <t>89303024CMA000114</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide all personnel, labor, management, supervision, planning, and administration to provide Photography, Energy Technology Visual Collection (ETVC), and Digital Imaging Services in support of the Office of Administrative Management and Support Services (MA-42).</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89243324FFE400562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palo Alto Cortex XDR Professional </t>
+  </si>
+  <si>
+    <t>GS-00F-022CA / 89303422FEM400016</t>
+  </si>
+  <si>
+    <t>National Environmental Policy Act (NEPA) Support Services for Environmental Management Los Alamos (EMLA)</t>
+  </si>
+  <si>
+    <t>NNG15SC23B / 89503024FWA400880</t>
+  </si>
+  <si>
+    <t>BLANCCO DRIVE ERASURE SOFTWARE - 3 YEAR CONTRACT</t>
+  </si>
+  <si>
+    <t>89503422DWA000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Construction Facility Maintenance Repair IDIQ </t>
+  </si>
+  <si>
+    <t>541612</t>
+  </si>
+  <si>
+    <t>Human Resources Consulting Services</t>
+  </si>
+  <si>
+    <t>BUSINESS MANAGEMENT ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t>GS-02F-156AA / 89303022FHC400018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This new Task Order is to obtain HR Infrastructure Talent Acquisition &amp; Outreach Support Services. Period of performance 02/22/2022 to 02/21/2027 This is a time-and-material task order issued against GSA schedule contract GS-02F-0156AA. Task Areas in accordance with the PWS: 1. Program Management 2. Hiring Support 3. Classification and Position Management 4. Recruitment and Outreach </t>
+  </si>
+  <si>
+    <t>TRAYNOR TECHNICAL PROJECT SERVICES LLC</t>
+  </si>
+  <si>
+    <t>89303925CEM000055</t>
+  </si>
+  <si>
+    <t>Award contract to Traynor Technical Project Services, LLC. in accordance with the statement of work.</t>
+  </si>
+  <si>
+    <t>NNG15SC65B / 89243324FFE400571</t>
+  </si>
+  <si>
+    <t>Microsoft Unified Enterprise Support for POP 5/18/2024 to 5/17/2025. This is for Support only.</t>
+  </si>
+  <si>
+    <t>WACKENHUT SERVICES, INCORPORATED</t>
+  </si>
+  <si>
+    <t>GS-07F-5548P / 89243322FAU400004</t>
+  </si>
+  <si>
+    <t>Protective Force Support Services for the Department of Energy Headquarters In Support of The Office the Associate Under (AU) Secretary for Environment, Health, Safety and Security Contractor shall furnish all contract management oversight, supervision, and quality control over its technically trained personnel to provide routine and emergency protective force services and canine explosive detection services at the Forrestal, Portals III, and Germantown facilities.</t>
+  </si>
+  <si>
+    <t>89243623CCD000006</t>
+  </si>
+  <si>
+    <t>Financial Assistance Support</t>
+  </si>
+  <si>
+    <t>BEN FITZGERALD REAL ESTATE SERVICES, L.L.C.</t>
+  </si>
+  <si>
+    <t>47QSWA18D008T / 89503323FWA400124</t>
+  </si>
+  <si>
+    <t>Janitorial Services to be performed at WAPA Substation Facilities in the following cities: Tracy/Livermore/Jamestown/Morgan Hill/Santa Nella, California</t>
+  </si>
+  <si>
+    <t>561320</t>
+  </si>
+  <si>
+    <t>Temporary Help Services</t>
+  </si>
+  <si>
+    <t>ANDERSON COURT REPORTING, LLC</t>
+  </si>
+  <si>
+    <t>GS-07F-0098V / 89233024FNR400108</t>
+  </si>
+  <si>
+    <t>Court Reporting Services for NRLFO</t>
+  </si>
+  <si>
+    <t>211130</t>
+  </si>
+  <si>
+    <t>Natural Gas Extraction</t>
+  </si>
+  <si>
+    <t>SYMMETRY ENERGY SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>SPE604-25-D-7507 / 89243125FSC400759</t>
+  </si>
+  <si>
+    <t>Symmetry - Supply Natural Gas to the Oak Ridge Reservation</t>
+  </si>
+  <si>
+    <t>89503425CWA000081</t>
+  </si>
+  <si>
+    <t>GRAND ISLAND SUBSTATION, STAGE 08 AND SIOUX FALLS SUBSTATION, STAGE 15, STATION SERIVE UPGRADES, NEBRASKA AND SOUTH DAKOTA</t>
+  </si>
+  <si>
+    <t>GS35F0332T / 89503622FSW400214</t>
+  </si>
+  <si>
+    <t>ENERGY MANAGEMENT SOFTWARE LICENSES, IMPLEMENTATION, AND SUPPORT; SOUTHWESTERN POWER ADMINISTRATION</t>
+  </si>
+  <si>
+    <t>89243324CFE000094</t>
+  </si>
+  <si>
+    <t>IRA Funded Building 34 Advanced Alloy Signature Center Post-Award Construction Inspection Services (CIS)</t>
+  </si>
+  <si>
+    <t>NNG15SD70B / 89233124FNA400620</t>
+  </si>
+  <si>
+    <t>Brand Name only; CISCO SMARTnet is to be used for OST CISCO product support across all NNSA networks and network architecture.</t>
+  </si>
+  <si>
+    <t>ROSS &amp; ASSOCIATES ENVIRONMENTAL CONSULTING, LTD.</t>
+  </si>
+  <si>
+    <t>47QRAA22D008B / 89303924FEM400056</t>
+  </si>
+  <si>
+    <t>Award one contract for the duration of one base year and two option years to provide Facilitation Services for Hanford Natural Resource Trustee Council.</t>
+  </si>
+  <si>
+    <t>EPC SERVICE, INC.</t>
+  </si>
+  <si>
+    <t>GS-21F-0169W / 89503422FWA401294</t>
+  </si>
+  <si>
+    <t>MMO-PREVENTIVE MAINTENANCE Base Year OF MECHANICAL HVAC SYSTEMS AT DAWSON CO , HAVRE SUBSTATION, HAVRE COMM, HAVRE MAINTENANCE CENTER</t>
+  </si>
+  <si>
+    <t>GERMRIP LLC</t>
+  </si>
+  <si>
+    <t>89503422PWA001331</t>
+  </si>
+  <si>
+    <t>NDMO JANITORIAL CONTRACT FOR JAMESTOWN O&amp;M SERVICE CENTER LINES BUILDING</t>
+  </si>
+  <si>
+    <t>QUIK-SOLV CLEANING SERVICE INC.</t>
+  </si>
+  <si>
+    <t>89503423PWA001624</t>
+  </si>
+  <si>
+    <t>North Dakota Maintenance Office and Warehouse Janitorial Services with Snow Removal at Bismarck ND</t>
+  </si>
+  <si>
+    <t>GREEN WAY PRO CHEM LAWN INC</t>
+  </si>
+  <si>
+    <t>89503222CWA000070</t>
+  </si>
+  <si>
+    <t>Western Area Power Administration, Rocky Mountain Region, Montrose, CO, Grounds Maintenance and Snow Removal Non-Personal Support Services</t>
+  </si>
+  <si>
+    <t>AEROSTAR ENVIRONMENTAL AND CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>89303025CIE000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data Analysis and Mapping of Unelectrified Residential Homes on Tribal Lands and Alaska Native Villages </t>
+  </si>
+  <si>
+    <t>LINCUS INC</t>
+  </si>
+  <si>
+    <t>89503323PWA000271</t>
+  </si>
+  <si>
+    <t>The Western Area Power Administration (WAPA), Sierra Nevada Region (SNR) and Desert Southwest Region (DSW) require a contractor to provide GHG emissions data reporter verification as required under Title 17 of the California Code of Regulations (CCR). The Western Area Power Administration (WAPA) is a Federal agency that is voluntarily complying with the State of California¿s Mandatory Reporting Requirements for GHG Emissions, under the Global Warming Solutions Act, Assembly Bill (AB 32).</t>
+  </si>
+  <si>
+    <t>481111</t>
+  </si>
+  <si>
+    <t>Scheduled Passenger Air Transportation</t>
+  </si>
+  <si>
+    <t>CFO (GTN)</t>
+  </si>
+  <si>
+    <t>CONCUR TECHNOLOGIES, INC.</t>
+  </si>
+  <si>
+    <t>GS-33F-Y0026 / DE-DT0005336</t>
+  </si>
+  <si>
+    <t>This is a new Delivery/Task Order for electronic end-to-end travel service under the ETS-2 program as required by the federal travel regulation. IGF::OT::IGF</t>
+  </si>
+  <si>
+    <t>christina.santangelo@hq.doe.gov</t>
+  </si>
+  <si>
+    <t>89303024PIG000127</t>
+  </si>
+  <si>
+    <t>The purpose of this Task Order is to procure Magnet Axiom, Axiom Cloud, Outrider, Axiom Cyber, and one Training Annual Pass for the Office of Inspector General.</t>
+  </si>
+  <si>
+    <t>INALAB CONSULTING, INC</t>
+  </si>
+  <si>
+    <t>89303322DEM000074</t>
+  </si>
+  <si>
+    <t>Building 55 Technical Security Support Services</t>
+  </si>
+  <si>
+    <t>BLOCS LLC</t>
+  </si>
+  <si>
+    <t>89303024CIG000007</t>
+  </si>
+  <si>
+    <t>The purpose of this 8(a) Contract is to implement an e-discovery solution in order to conduct cloud-based e-discovery investigations for the Office of Inspector General (OIG).</t>
+  </si>
+  <si>
+    <t>47QRAA18D008Z / 89233122FNA400409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technical, Liaison, and Analytical Support Services for the DOE/NNSA, Office of Stockpile Sustainment (NA-122). </t>
+  </si>
+  <si>
+    <t>561492</t>
+  </si>
+  <si>
+    <t>Court Reporting and Stenotype Services</t>
+  </si>
+  <si>
+    <t>89233122CNA000272</t>
+  </si>
+  <si>
+    <t>Transcription and Court Reporting Services for Department of Energy (DOE), National Nuclear Security Administration (NNSA) Albuquerque Complex, Office of Personnel and Facility Clearances and Classifications (OPFCC) and Office of Secure Transportation (OST).</t>
+  </si>
+  <si>
+    <t>484230</t>
+  </si>
+  <si>
+    <t>Specialized Freight (except Used Goods) Trucking, Long-Distance</t>
+  </si>
+  <si>
+    <t>CAST SPECIALTY TRANSPORTATION, INC.</t>
+  </si>
+  <si>
+    <t>89303322DEM000076</t>
+  </si>
+  <si>
+    <t>Waste Isolation Pilot Plant (WIPP) Transportation Services</t>
+  </si>
+  <si>
+    <t>NEPTUNE AND COMPANY, INCORPORATED</t>
+  </si>
+  <si>
+    <t>89303322DEM000072</t>
+  </si>
+  <si>
+    <t>This IDIQ contract is for the purpose of providing probabilistic performance assessment (PPA) and statistical decision analysis services to the US Department of Energy (DOE) West Valley Demonstration Project (WVDP) and the New York State Energy Research and Development Authority (NYSERDA).</t>
+  </si>
+  <si>
+    <t>47QRAA19D004Z / 89303022FED400003</t>
+  </si>
+  <si>
+    <t>Office of Economic Impact and Diversity (ED) Budget Analyst and Management Analyst Support</t>
+  </si>
+  <si>
+    <t>FOUR RIVERS NUCLEAR PARTNERSHIP, LLC</t>
+  </si>
+  <si>
+    <t>DE-EM0004895</t>
+  </si>
+  <si>
+    <t>The scope of this Contract focuses on the continued deactivation of the Paducah Gaseous Diffusion Plant facilities, preparing the facilities for future demolition, and performing environmental remediation activities required by the Federal Facility Agreement and Site Management Plan. IGF::OT::IGF</t>
+  </si>
+  <si>
+    <t>325188</t>
+  </si>
+  <si>
+    <t>All Other Basic Inorganic Chemical Manufacturing</t>
+  </si>
+  <si>
+    <t>WESDYNE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>DE-AC52-07NA25729</t>
+  </si>
+  <si>
+    <t>Down-Blend of Highly Enriched Uranium and Establishment of a Reliable Fuel Supply</t>
+  </si>
+  <si>
+    <t>327110</t>
+  </si>
+  <si>
+    <t>POTTERY, CERAMICS, AND PLUMBING FIXTURE MANUFACTURING</t>
+  </si>
+  <si>
+    <t>ROCK &amp; ASSOCIATES</t>
+  </si>
+  <si>
+    <t>89503422DWA000010</t>
+  </si>
+  <si>
+    <t>INSULATOR IDIQ</t>
+  </si>
+  <si>
+    <t>REDHAWK IT SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89303024PIG000129</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is to procure twelve (12) licenses FTK + six (6) licenses EnCase for the Office of Inspector General.</t>
+  </si>
+  <si>
+    <t>OAK RIDGE, CITY OF</t>
+  </si>
+  <si>
+    <t>DE-AC05-00OR22777</t>
+  </si>
+  <si>
+    <t>CONTRACTING FOR THE WATER SERVICES FOR ORNL AND THE Y-12 PLANT. COST TRANSFER</t>
+  </si>
+  <si>
+    <t>89303024CMA000113</t>
+  </si>
+  <si>
+    <t>Obtain Electronics Support Services for the Office of Administrative Management and Support (MA-42). Period of performance: 07/01/2024 to 06/30/2027 24MA000492 Funding 24MA000118 RFQ</t>
+  </si>
+  <si>
+    <t>COLONIAL METALS, INC.</t>
+  </si>
+  <si>
+    <t>89233122CNA000273</t>
+  </si>
+  <si>
+    <t>The Savannah River Field Office (SRFO) desires to procure virgin palladium sponge meeting the requirements of specification ASTM B 589-94, less than 5 ppm sulfur.</t>
+  </si>
+  <si>
+    <t>89303024CMA000119</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide all personnel, labor, management, supervision, planning, and administration to provide Transportation Services Courier Services in support of the Office of Administrative Management and Support Services (MA-42).</t>
+  </si>
+  <si>
+    <t>517110</t>
+  </si>
+  <si>
+    <t>Cable and Other Subscription Programming</t>
+  </si>
+  <si>
+    <t>COMCAST BUSINESS COMMUNICATIONS, LLC</t>
+  </si>
+  <si>
+    <t>GS-35F-184BA / 89243322FFE400390</t>
+  </si>
+  <si>
+    <t>Ethernet Network Services / Wide Area Network (WAN).</t>
+  </si>
+  <si>
+    <t>522110</t>
+  </si>
+  <si>
+    <t>Commercial Banking</t>
+  </si>
+  <si>
+    <t>FTI CONSULTING, INC.</t>
+  </si>
+  <si>
+    <t>89303022DLP000010</t>
+  </si>
+  <si>
+    <t>Special Asset Collateral Agent (SACA) legal services</t>
+  </si>
+  <si>
+    <t>47QRAD20D1038 / 89243122FSC400412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office of Scientific and Technical Information Mission Support Services </t>
+  </si>
+  <si>
+    <t>NNG15SD60B / 89233124FNA400607</t>
+  </si>
+  <si>
+    <t>Brand Name Only for Carahsoft, ServiceNow Administrative service renewal. This is OST's instance of the FedRAMP approved cloud-based virtual helpdesk, project management, and automated workflow process system used at OST. It is the same platform, though a different instance rebranded as "DAYS" for DOE and NNSA.</t>
+  </si>
+  <si>
+    <t>R. S. MEANS COMPANY LLC</t>
+  </si>
+  <si>
+    <t>89303022CMA000076</t>
+  </si>
+  <si>
+    <t>The purpose of this contract is to provide R.S. Means data, tools, and applications in support of the Department of Energy Facilities Information Management System (FIMS) and the Condition Assessment Information System (CAIS).</t>
+  </si>
+  <si>
+    <t>BRIC PERIKIN JV, LLC</t>
+  </si>
+  <si>
+    <t>89233124CNA000332</t>
+  </si>
+  <si>
+    <t>Financial, Administrative, Technical, Contract Property, and Programmatic Support Services for the DOE/NNSA Office of Global Material Security (NA-21)</t>
+  </si>
+  <si>
+    <t>MANAGEMENT SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89303524CEM000016</t>
+  </si>
+  <si>
+    <t>Business and Administrative Support Services for the Department of Energy Oak Ridge Office of Environmental Management (DOE-OREM). SBA Requirement #SW1706633915U.</t>
+  </si>
+  <si>
+    <t>WATSON, LISA</t>
+  </si>
+  <si>
+    <t>89503622CSW000056</t>
+  </si>
+  <si>
+    <t>Janitorial Services for Southwestern Power Administration's Jonesboro, Arkansas office.</t>
+  </si>
+  <si>
+    <t>A.S.A.P. DOOR REPAIR &amp; SERVICE, INC.</t>
+  </si>
+  <si>
+    <t>89503122PWA000565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANNUAL PREVENTATIVE MAINTENNCE FOR OVERHEAD DOORS AND ROLLING GATES ANNUAL (Base plus Four Option Years) WESTERN AREA POWER ADMINISTRATION DESERT SOUTHWEST REGION </t>
+  </si>
+  <si>
+    <t>922160</t>
+  </si>
+  <si>
+    <t>Fire Protection</t>
+  </si>
+  <si>
+    <t>CITY OF MORGANTOWN</t>
+  </si>
+  <si>
+    <t>89243322CFE000068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgantown, WV Fire Service Fee: </t>
+  </si>
+  <si>
+    <t>BOOZ ALLEN HAMILTON INC.</t>
+  </si>
+  <si>
+    <t>GS00Q14OADU308 / 89243422FEE400297</t>
+  </si>
+  <si>
+    <t>New Marine Energy Independent Engineering (IE)task order for DOE, EERE Water Power Technologies Office (WPTO).</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503423FWA401498</t>
+  </si>
+  <si>
+    <t>BISMARCK NDMO LINE CREW AERIAL LIFT 125' (ASSET #: B154422) </t>
+  </si>
+  <si>
+    <t>CARAHSOFT TECHNOLOGY CORP</t>
+  </si>
+  <si>
+    <t>89233125CNA000423</t>
+  </si>
+  <si>
+    <t>NNSA OCIO currently uses Zscaler to meet Executive Order 14028</t>
+  </si>
+  <si>
+    <t>89303924CEM000049</t>
+  </si>
+  <si>
+    <t>BPA to provide personnel security support to the Hanford Site in Richland, Washington in accordance with the attached statement of work. This is an 8(a) sole source procurement. The Small Business Administration (SBA) reference number is QE1707230128N.</t>
+  </si>
+  <si>
+    <t>CITY OF ALBANY</t>
+  </si>
+  <si>
+    <t>DE-FE0028019</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Potable Water and Sewage Services at the National Energy Technology Laboratory site located in Albany, Oregon</t>
+  </si>
+  <si>
+    <t>THE FIELDS GROUP, LLC</t>
+  </si>
+  <si>
+    <t>89303024DMA000036</t>
+  </si>
+  <si>
+    <t>Requisition 24MA000584 was issued for an 8a award to The Fields Group. The Period of Performance will be 08/01/24 to 07/31/27.</t>
+  </si>
+  <si>
+    <t>INNOVATIVE RESEARCH, LLC</t>
+  </si>
+  <si>
+    <t>89243322PFE000561</t>
+  </si>
+  <si>
+    <t>MeltFlow-VAR and MeltFlow-ESR software licenses maintenance and support renewal.</t>
+  </si>
+  <si>
+    <t>89303024PIG000134</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is to upgrade Cellebrite licenses for the Office of Inspector General.</t>
+  </si>
+  <si>
+    <t>ENSCO INC</t>
+  </si>
+  <si>
+    <t>89243222CNE000026</t>
+  </si>
+  <si>
+    <t>Fabrication and testing of the Prototype 8-axle Fortis Railcar to provide capability for large-scale transport of spent nuclear fuel and high-level radioactive waste</t>
+  </si>
+  <si>
+    <t>VISION QUEST SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>47QSWA23D005Q / 89243325FFE400681</t>
+  </si>
+  <si>
+    <t>Site Security Services for the Department of Energy (DOE) / National Energy Technology Laboratory (NETL) at the Morgantown, West Virginia; Pittsburgh, Pennsylvania; and Albany, Oregon facilities.</t>
+  </si>
+  <si>
+    <t>EMCOR GOVERNMENT SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>89303020DMA000012</t>
+  </si>
+  <si>
+    <t>This IDIQ contract is for Facilities Maintenance and Management Services at the DOE Headquarters Complexes located in Washington, DC and Germantown, MD which includes recurring work and preventative maintenance, managing daily operations and maintenance activities, limited (EMCS) operations, performing service calls, Safety, Fire outage, and Work Control Permit management, and Hazardous materials management. The Period of Performance is: Base Year: 10/15/19 to 10/14/20 Option Year 1: 10/15/20 to 10/14/21 Option Year 2: 10/15/21 to 10/14/22 Option Year 3: 10/15/22 to 10/14/23 Option Year 4: 10/15/23 to 10/14/24</t>
+  </si>
+  <si>
+    <t>541613</t>
+  </si>
+  <si>
+    <t>Marketing Consulting Services</t>
+  </si>
+  <si>
+    <t>NATIONAL ECONOMIC RESEARCH ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t>89303023CLP000059</t>
+  </si>
+  <si>
+    <t>The purpose for this requirement is to acquire Market Advisory support services. RSCAP # RS04-00076. Loan # 1435 MA services</t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89233124FNA400629</t>
+  </si>
+  <si>
+    <t>AE WORKS LTD</t>
+  </si>
+  <si>
+    <t>89243322DFE000020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Architect-Engineering Services in support of the National Energy Technology Laboratory </t>
+  </si>
+  <si>
+    <t>89303022CLP000035</t>
+  </si>
+  <si>
+    <t>Outside transactional counsel advisory services in support of a loan guarantee application from NYC Energy.</t>
+  </si>
+  <si>
+    <t>JOSEPH B. SCHROEDER</t>
+  </si>
+  <si>
+    <t>89303924CEM000050</t>
+  </si>
+  <si>
+    <t>Contractor to provide Litigation Support services in accordance with the statement of work.</t>
+  </si>
+  <si>
+    <t>GS00Q14OADU119 / 89243422FEE400293</t>
+  </si>
+  <si>
+    <t>Task Order in accordance with FAR 16.5, against One Acquisition Solution for Integrated Services (OASIS), Pool 1 using North American Industry Classification System (NAICS) 541330. To support the U.S. Department of Energy (DOE), Office of Energy Efficiency and Renewable Energy (EERE), Bioenergy Technology Office (BETO) for Independent Engineering (IE) Services in accordance with the Performance Work Statement.</t>
+  </si>
+  <si>
+    <t>89303322DEM000075</t>
+  </si>
+  <si>
+    <t>Data Strategy and Knowledge Management Technical Services</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503623FSW400279</t>
+  </si>
+  <si>
+    <t>Purchase of Bucket Truck for Jonesboro Sub Crew, Southerwestern Power Adminstration.</t>
+  </si>
+  <si>
+    <t>811213</t>
+  </si>
+  <si>
+    <t>Communication Equipment Repair and Maintenance</t>
+  </si>
+  <si>
+    <t>MORCOM INTERNATIONAL, INC.</t>
+  </si>
+  <si>
+    <t>89243122PSC000233</t>
+  </si>
+  <si>
+    <t>BDA Maintenance</t>
+  </si>
+  <si>
+    <t>NNSA Los Alamos Field Office</t>
+  </si>
+  <si>
+    <t>NEW MEXICO GAS COMPANY, INC.</t>
+  </si>
+  <si>
+    <t>GS-00P-15-BSD-1140 / DE-DT0013588</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Funding of contract with New Mexico Gas Company for LAN¿S annual gas transportation.</t>
+  </si>
+  <si>
+    <t>gregory.gonzales@nnsa.doe.gov</t>
+  </si>
+  <si>
+    <t>NNG15SC82B / 89503024FWA400892</t>
+  </si>
+  <si>
+    <t>TIBCO ANNUAL MAINTENANCE RENEWAL</t>
+  </si>
+  <si>
+    <t>UTILITIES INTERNATIONAL INC</t>
+  </si>
+  <si>
+    <t>89503022CWA000019</t>
+  </si>
+  <si>
+    <t>Power Repayment Study (PRS) Software and Support utilized by the Power Marketing Rates Divisions of WAPA.</t>
+  </si>
+  <si>
+    <t>89243125PSC000339</t>
+  </si>
+  <si>
+    <t>NNG15SD26B / 89233122FNA400422</t>
+  </si>
+  <si>
+    <t>Subscription Services</t>
+  </si>
+  <si>
+    <t>89303021CAU000020</t>
+  </si>
+  <si>
+    <t>For the purchase of equipment, installation, training, and Managed Zone Core services for the Motorola Radio Infrastructure project.</t>
+  </si>
+  <si>
+    <t>WASEYABEK FEDERAL SERVICES, L.L.C.</t>
+  </si>
+  <si>
+    <t>89243325CFE000098</t>
+  </si>
+  <si>
+    <t>Site Operations Support Services 5 (SOS5) for the National Energy Technology Laboratory SBA Requirement Number UN1702402831I</t>
+  </si>
+  <si>
+    <t>RELIANCE CONTRACTORS INC</t>
+  </si>
+  <si>
+    <t>89503222PWA000373</t>
+  </si>
+  <si>
+    <t>JANITORIAL SEVICES FOR THE ROCKY MOUNTAIN REGION AT THE SHIPROCK MAINTENANCE FACILITY LOCATED IN WATERFLOW NEW MEXICO</t>
+  </si>
+  <si>
+    <t>E Flow Electric Inc</t>
+  </si>
+  <si>
+    <t>89503325PWA000401</t>
+  </si>
+  <si>
+    <t>Purchase Order - Siemens 550kV Extra High Voltage (EVH) Breaker Bushing Replacement</t>
+  </si>
+  <si>
+    <t>VETERAN CLINICAL SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>89503323PWA000289</t>
+  </si>
+  <si>
+    <t>Western Area Power Administration (WAPA) Sierra Nevada Region (SNR) requires Medical Support for Occupational Medical Examination Services for employees. Employees shall be provided a physical in accordance with the requirements in the statement of work.</t>
+  </si>
+  <si>
+    <t>47QMCA20D001F / 89303024FMA400813</t>
+  </si>
+  <si>
+    <t>The purpose of this requisition is to establish a lease of one 2024 Jeep Grand Cherokee electric vehicle with standard features and amenities for the Office of Intelligence (IN). Per the attached Statement of Work.</t>
+  </si>
+  <si>
+    <t>89503422DWA000012</t>
+  </si>
+  <si>
+    <t>Disconnect Switch IDIQ</t>
+  </si>
+  <si>
+    <t>ARINC INCORPORATED</t>
+  </si>
+  <si>
+    <t>89233122CNA000278</t>
+  </si>
+  <si>
+    <t>OST AOD Arinc Direct, LLC Flight Operations Software (OA AD FOS)</t>
+  </si>
+  <si>
+    <t>PORTSIDE INC</t>
+  </si>
+  <si>
+    <t>89233125PNA000204</t>
+  </si>
+  <si>
+    <t>Procure and Flight Operations System (FOS) to include a dedicated server. System provides other software capabilities.</t>
+  </si>
+  <si>
+    <t>MLINQS LIMITED LIABILITY COMPANY</t>
+  </si>
+  <si>
+    <t>GS-33F-0007U / 89303022FCF400033</t>
+  </si>
+  <si>
+    <t>mLINQS Cost Management System Annual Subscription</t>
+  </si>
+  <si>
+    <t>FREDRICK OAK CONSULTING, LLC</t>
+  </si>
+  <si>
+    <t>89303023CHC000019</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide all necessary labor, management, supervision, and materials to provide AMSS for various divisions within the Office of Chief Human Capital Officer (HC) and DOE departmental elements. Focus areas include administrative, secretarial and clerical duties; executive program support, legal and administrative federal register program support and other administration or management support.</t>
+  </si>
+  <si>
+    <t>332994</t>
+  </si>
+  <si>
+    <t>SMALL ARMS, ORDNANCE, AND ORDNANCE ACCESSORIES MANUFACTURING</t>
+  </si>
+  <si>
+    <t>ZEV TECHNOLOGIES, LLC</t>
+  </si>
+  <si>
+    <t>89233122CNA000282</t>
+  </si>
+  <si>
+    <t>Contract for ZEV Technologies 9mm Handgun for 5 years for OST Federal Agents</t>
+  </si>
+  <si>
+    <t>47QMCA20D001F / 89303024FMA400882</t>
+  </si>
+  <si>
+    <t>The contractor shall provide the lease of one (1) 2024 Chevy Blazer Electric all-wheel drive vehicle with an executive level trim, with an optional sunroof and features in support of the Office of Administrative Management and Support Executive Fleet for the S2 office.</t>
+  </si>
+  <si>
+    <t>CANDOR SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t>HHSN316201200110W / 89303022FCF400030</t>
+  </si>
+  <si>
+    <t>To obligate funding and establish a logical follow-on with Candor Solutions, LLC for CHRIS Support Services</t>
+  </si>
+  <si>
+    <t>GS-30F-026GA / 89503425FWA401804</t>
+  </si>
+  <si>
+    <t>TRUCK MOUNTED MOBILE CRANE WITH POLE CLAW FOR JT LINE CREW TO REPLACE ASSET # B167452</t>
+  </si>
+  <si>
+    <t>ASC GP, INC.</t>
+  </si>
+  <si>
+    <t>GS-35F-0367X / 89303022FMA400586</t>
+  </si>
+  <si>
+    <t>Provide the U.S. Department of Energy (DOE), Office of Logistics and Facility Operations with SeeSOR Quality Assurance software and continued use of the TF! Tool.</t>
+  </si>
+  <si>
+    <t>SARGENT &amp; LUNDY, L.L.C.</t>
+  </si>
+  <si>
+    <t>89303022CLP000037</t>
+  </si>
+  <si>
+    <t>The LPO is seeking an independent engineering advisor to assist DOE in the technical and engineering aspects of underwriting, structuring, negotiating, and closing a loan.</t>
+  </si>
+  <si>
+    <t>511199</t>
+  </si>
+  <si>
+    <t>Advanced Research Projects Agency - Energy (ARPA-E)</t>
+  </si>
+  <si>
+    <t>89703022PAR000028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">***** The purpose of this Order is to renew a subscription to Scopus, a literary research database offered by Elsevier B.V. Accordingly, 1. This is a Firm-Fixed Price Order for up to 1000 ARPA-E users. 2. The period of performance of the Base Period is September 20, 2022 through September 19, 2023. 3. In the event of a conflict between this Order and the Elsevier subscription agreement attached herein, the terms and conditions of this Order shall control. 4. Third party use of Scopus is permitted; ARPA-E contractors will utilize Scopus to perform their duties in support of the ARPA-E mission. 5. The Notice to Proceed granted by the Contracting Officer on 9/19/2022 is hereby incorporated into this Purchase Order. 6. The following attachments are incorporated into this Order: Attachment A - Elsevier Subscription Agreement ***** </t>
+  </si>
+  <si>
+    <t>AKIMA SYSTEMS ENGINEERING, LLC</t>
+  </si>
+  <si>
+    <t>89303322DEM000080</t>
+  </si>
+  <si>
+    <t>Technical Assistance Contract(s) (TACs) for EM Field Sites, including but not limited to the West Valley Demonstration Project (WVDP), the Moab Uranium Mill Tailings Remedial Action (UMTRA) Project, and the Los Alamos (LA) Field Office.</t>
+  </si>
+  <si>
+    <t>CATAWBA ENGINEERING &amp; ENVIRONMENTAL SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89303322DEM000082</t>
+  </si>
+  <si>
+    <t>89303322DEM000081</t>
+  </si>
+  <si>
+    <t>ENERGY TECHNOLOGY ALLIANCE LLC</t>
+  </si>
+  <si>
+    <t>89303322DEM000083</t>
+  </si>
+  <si>
+    <t>FPM-AECOM JV1</t>
+  </si>
+  <si>
+    <t>89303322DEM000084</t>
+  </si>
+  <si>
+    <t>S&amp;K MISSION SUPPORT, LLC</t>
+  </si>
+  <si>
+    <t>89303322DEM000085</t>
+  </si>
+  <si>
+    <t>STREET LEGAL INDUSTRIES INC</t>
+  </si>
+  <si>
+    <t>89303322DEM000086</t>
+  </si>
+  <si>
+    <t>89303022CLP000039</t>
+  </si>
+  <si>
+    <t>Outside transactional counsel advisory services in support of a loan guarantee application from Sugar Valley Energy, LLC</t>
+  </si>
+  <si>
+    <t>89303025CIA000013</t>
+  </si>
+  <si>
+    <t>Professional due diligence and risk analysis services for IA-63</t>
+  </si>
+  <si>
+    <t>89303024PEI000114</t>
+  </si>
+  <si>
+    <t>The U.S. Energy Information Administration (EIA), Office of Energy Analysis (OEA) proposes to enter into a sole source firm-fixed price contract with Dow Jones &amp; Company, Inc. to purchase an enterprise wide, unlimited user access to the McCloskey Energy and Metals Package.</t>
+  </si>
+  <si>
+    <t>89503224DWA000010</t>
+  </si>
+  <si>
+    <t>Circuit Breaker IDIQ</t>
+  </si>
+  <si>
+    <t>INTELLIGENCE PRESS INC</t>
+  </si>
+  <si>
+    <t>89303022PEI000089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of this action is to: 1. Initiate and award a new subscription with Intelligence Press for NGI Data subscriptions/services. 2. Previous Contract #s: DE-EI0002654, ended 31 July 2016; DE-EI0003234, ended 06 August 2018; DE-EI0003009, ended 29 September 2018; 89303018CEI000018, will end 23 September 2022 3. Contract Type: Firm Fixed Price (FFP) 4. Proposed procurement strategy will be sole source justification 5. Intelligence Press has provided a sole source letter stating they are the only provider of this information 6. The estimated cost for the base period and four one-year option periods is $ 227,112.00 7. Period of Performance will be for five (5) years (one 1-Year Base and four 1-Year Options) ¿ Base Year - 24 September 2022 to 23 September 2023, ¿ Option Year 1 - 24 September 2023 to 23 September 2024, ¿ Option Year 2 - 24 September 2024 to 23 September 2025, ¿ Option Year 3 - 24 September 2025 to 23 September 2026, ¿ Option Year 4 - 24 September 2026 to 23 September 2027 8. Fully fund the proposed base period of this new award for $37,950.00, based upon the quote provided by the vendor. </t>
+  </si>
+  <si>
+    <t>MOSARK LLC</t>
+  </si>
+  <si>
+    <t>89503225CWA000121</t>
+  </si>
+  <si>
+    <t>Alcova-Boysen Thermopolis-Worland Tap OPGW</t>
+  </si>
+  <si>
+    <t>UNISON SOFTWARE, INC.</t>
+  </si>
+  <si>
+    <t>47QTCA19D00EP / 89303022FCF400032</t>
+  </si>
+  <si>
+    <t>STRIPES - PRISM Software Licenses, Administration and Maintenance Support</t>
+  </si>
+  <si>
+    <t>TRACKER PRODUCTS, LLC</t>
+  </si>
+  <si>
+    <t>89303024PIG000138</t>
+  </si>
+  <si>
+    <t>The purpose of this Purchase Order is to procure ten (10) Cloud Based CAL Licenses for the Office of Inspector General's (OIGs), Office of Investigations (OI).</t>
+  </si>
+  <si>
+    <t>89503024CWA000031</t>
+  </si>
+  <si>
+    <t>COMMON SCADA RMR/DSW IMPLEMENTATION</t>
+  </si>
+  <si>
+    <t>S&amp;P GLOBAL LIMITED</t>
+  </si>
+  <si>
+    <t>89303024DFE000004</t>
+  </si>
+  <si>
+    <t>Subscription to S&amp;P Global</t>
+  </si>
+  <si>
+    <t>GS-00F-258CA / 89233122FNA000107</t>
+  </si>
+  <si>
+    <t>The Y-12 Acquisition and Project Management Office (APMO), NA-93, provides contract management and contract oversight for ongoing capital projects and major items of equipment at the Y-12 Site in Oak Ridge, Tennessee. The APMO organization is comprised of both civil servants and support service contractors supporting the APMO Director and his Deputy in day-to-day management and oversight of these projects. Federal Project Directors (FPDs) and Deputies are assigned to each project; functional divisions have been established to support the FPDs.</t>
+  </si>
+  <si>
+    <t>47QRAA20D005B / 89233025FNR400126</t>
+  </si>
+  <si>
+    <t>Naval Reactors Laboratory Field Office Finance Division Support II established under the DOE NNSA TEPS III BPA</t>
+  </si>
+  <si>
+    <t>COLT'S MANUFACTURING COMPANY LLC</t>
+  </si>
+  <si>
+    <t>89233122DNA000050</t>
+  </si>
+  <si>
+    <t>New five year IDIQ contract for Colt M4 Parts</t>
+  </si>
+  <si>
+    <t>47QSWA18D008F / 89303022FMA400540</t>
+  </si>
+  <si>
+    <t>The Contractor shall provide U.S. Department of Energy with a 5-Year Lease Agreement for (12) ChargePoint, Inc. Level 2 Electric Vehicle Charging Stations, installation and accompanying software for Forrestal Parking Garage.</t>
+  </si>
+  <si>
+    <t>89243224PNE000080</t>
+  </si>
+  <si>
+    <t>Base plus 2-year Service agreement with Thermo Fisher for two ICP-MS Spectrometers at the RESL</t>
+  </si>
+  <si>
+    <t>EVERGY MISSOURI WEST, INC.</t>
+  </si>
+  <si>
+    <t>47PA0418D0010 / 89233125FNA400717</t>
+  </si>
+  <si>
+    <t>Electricity transportation service for the Kansas City National Security Campus (KCNSC) facilities.</t>
+  </si>
+  <si>
+    <t>NORTHWEST NATURAL GAS CO</t>
+  </si>
+  <si>
+    <t>GS00P16BSD1183 / DE-DT0013755</t>
+  </si>
+  <si>
+    <t>IGF::OT::IGF Natural Gas Service under Areawide Public Utility Contract GS-00P16-BSD-1183</t>
+  </si>
+  <si>
+    <t>89243324DFE000025</t>
+  </si>
+  <si>
+    <t>IDIQ for Construction Services at NETL Locations: Base Contract: 10/01/2024 - 09/30/2027 (36 months) Option I: 10/01/2027 - 09/30/2029 (24 months) SBA Requirement #YC1724885887W</t>
+  </si>
+  <si>
+    <t>89503225CWA000122</t>
+  </si>
+  <si>
+    <t>North Cody MOI 954 Switch Replacement - Western Area Power Administration (WAPA) Rocky Mountain Region has a requirement with the principlal components of work to include replacing one (1) 115-kV, 1200-amp motor-operated interrupter (also referred to as circuit switcher or MOI) with ground blades and pre-insertion inductor using the existing support structure.</t>
+  </si>
+  <si>
+    <t>GEOTEK LIMITED</t>
+  </si>
+  <si>
+    <t>89243324PFE000817</t>
+  </si>
+  <si>
+    <t>IRA Funded Purchase of Multi-Sensor Core Logger, meeting the Salient Characteristics/Technical Specifications identified in Attachment A, to non-destructively characterize rock cores.</t>
+  </si>
+  <si>
+    <t>488119</t>
+  </si>
+  <si>
+    <t>Other Airport Operations</t>
+  </si>
+  <si>
+    <t>AUGUSTA-RICHMOND, COUNTY OF</t>
+  </si>
+  <si>
+    <t>89233122CNA000261</t>
+  </si>
+  <si>
+    <t>CARGO LOADING AND UNLOADING IN SUPPORT OF SAVANNAH RIVER SHIPMENTS FOR SAVANNAH RIVER FIELD OFFICE - NA-SV.</t>
+  </si>
+  <si>
+    <t>47QREA22D0014 / 89303022FEI400126</t>
+  </si>
+  <si>
+    <t>EIA will initiate and award a new subscription with RELX, Inc. for LexisNexis industrial data subscriptions/services.</t>
+  </si>
+  <si>
+    <t>THERMO-CALC SOFTWARE INC.</t>
+  </si>
+  <si>
+    <t>89243322PFE000570</t>
+  </si>
+  <si>
+    <t>Maintenance and Support Contract Renewal for ThermoCalc Software.</t>
+  </si>
+  <si>
+    <t>OIL PRICE INFORMATION SERVICE LLC</t>
+  </si>
+  <si>
+    <t>89303024PEI000112</t>
+  </si>
+  <si>
+    <t>The U.S. Energy Information Administration (EIA), Office of Energy Statistics (OES) proposes to enter into a sole source firm-fixed price contract with News Corporation to purchase access to OPIS News and Data Services Subscription</t>
+  </si>
+  <si>
+    <t>89233124PNA000192</t>
+  </si>
+  <si>
+    <t>AWS Task Order for NA-11</t>
+  </si>
+  <si>
+    <t>IRON MOUNTAIN INFORMATION MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>89243122PSC000242</t>
+  </si>
+  <si>
+    <t>OSTI Buyer: Tammy Payne Iron Mountain (Media/Storage) Vendor: Iron Mountain Information Mgt LLC</t>
+  </si>
+  <si>
+    <t>OPEN ACCESS TECHNOLOGY INTERNATIONAL, INC.</t>
+  </si>
+  <si>
+    <t>89503222CWA000077</t>
+  </si>
+  <si>
+    <t>Power Industry Energy Scheduling, Trading, Settlements, E-Tagging, and Operations Web-Hosted Applications</t>
+  </si>
+  <si>
+    <t>03310319D0079 / 89233122FNA400480</t>
+  </si>
+  <si>
+    <t>Pricing and Purchasing Service and World Economic Service. Subscription Services to assist APM-144 Pricing Branch in analysis/forecasting/escalating/pricing acquisition needs.</t>
+  </si>
+  <si>
+    <t>CHICKASAW BUSINESS SOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89233125CNA000393</t>
+  </si>
+  <si>
+    <t>The critical capabilities of ZNetUS include experimental facilities, computational tools, diagnostic and pulser design engineering support, and technical community organization. Modeled after the successful LaserNetUS. By democratizing access to unique PMS&amp;T experimental facilities spread nationwide, ZNetUS bolsters research and facilitates the training of the next-generation workforce.</t>
+  </si>
+  <si>
+    <t>47QRAA18D00FU / 89503124FWA400621</t>
+  </si>
+  <si>
+    <t>LAND AND LAND RIGHT ACQUISITION AND LAND MANAGEMENT SUPPORT SERVIC PROGRAM SUPPORT</t>
+  </si>
+  <si>
+    <t>47QRAA18D005Q / 89233122FNA400430</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office of Defense Nuclear Nonproliferation Research and Development (NA-22) Technical and Analytical Support Services </t>
+  </si>
+  <si>
+    <t>SYSTEMATIC MANAGEMENT SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-241CA / 89233122FNA400427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U.S. DEPARTMENT OF ENERGY/NATIONAL NUCLEAR SECURITY ADMINISTRATION (DOE/NNSA) OFFICE OF EMERGENCY OPERATIONS (NA-40)TECHNICAL SUPPORT SERVICES </t>
+  </si>
+  <si>
+    <t>ALVAREZ LLC</t>
+  </si>
+  <si>
+    <t>NNG15SD19B / 89303025FIG400032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vendor to provide Tangles-Bronze a Commercial Off-the-Shelf software product, comprised of: 1. Tangles-Bronze Software License: One (1) system license of Tangles-Bronze investigative software. 2. Remote Training Workshop: A remote training workshop for eight (8) users on the effective use of the Tangles software. 3. Reverse Face Search License: One (1) system license of Reverse Face Search functionality within the Tangles software. The software application is available through resellers on NASA Solutions for Enterprise-Wide Procurement (SEWP) Government-Wide Acquisition Contract (GWAC). </t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89233124FNA400602</t>
+  </si>
+  <si>
+    <t>Appian Software System Enhancement, Operations and Maintenance</t>
+  </si>
+  <si>
+    <t>NNG15SC27B / 89503224FWA400538</t>
+  </si>
+  <si>
+    <t>ALFRESCO LICENSING, MANAGED SERVICES RENEWAL</t>
+  </si>
+  <si>
+    <t>SHOREPOINT INC.</t>
+  </si>
+  <si>
+    <t>47QTCA18D00MF / 89233122FNA400483</t>
+  </si>
+  <si>
+    <t>Data Integration</t>
+  </si>
+  <si>
+    <t>LARTA, INC</t>
+  </si>
+  <si>
+    <t>GS-10F-0107P / 89243122FSC400472</t>
+  </si>
+  <si>
+    <t>DOE Small Business Innovation Research and Small Business Technology Transfer - Technology and Business Assistance Program (SBIR/STTR TABA)</t>
+  </si>
+  <si>
+    <t>ASPEN ENVIRONMENTAL GROUP</t>
+  </si>
+  <si>
+    <t>89503322PWA000235</t>
+  </si>
+  <si>
+    <t>ON-CALL BIOLOGICAL SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>ARROWHEAD ECONOMICS LLC</t>
+  </si>
+  <si>
+    <t>89303023CMS000001</t>
+  </si>
+  <si>
+    <t>Establish a stand-alone contract for economic modeling support services.</t>
+  </si>
+  <si>
+    <t>STANFORD UNIVERSITY</t>
+  </si>
+  <si>
+    <t>DE-AC02-76SF00515</t>
+  </si>
+  <si>
+    <t>OPERATION AND MAINTENANCE LINEAR ACCELLERATOR</t>
+  </si>
+  <si>
+    <t>Richland Operations Office</t>
+  </si>
+  <si>
+    <t>BATTELLE MEMORIAL INSTITUTE</t>
+  </si>
+  <si>
+    <t>DE-AC05-76RL01830</t>
+  </si>
+  <si>
+    <t>BATTELLE MEMORIAL INSTITUTE/PACIFIC NORTHWEST LABORATORY MANAGEMENT AND OPERATING CONTRACT</t>
+  </si>
+  <si>
+    <t>robin.whitney@rl.doe.gov</t>
+  </si>
+  <si>
+    <t>ETG FIRE, INC</t>
+  </si>
+  <si>
+    <t>89503222PWA000384</t>
+  </si>
+  <si>
+    <t>PROVIDE FIRE EQUIPMENT INSPECTION SERVICES FOR THE ROCKY MOUNTAIN REGION LOCATED IN SIDNEY NEBRASKA</t>
+  </si>
+  <si>
+    <t>NEBRASKA</t>
+  </si>
+  <si>
+    <t>CONSOLIDATED NUCLEAR SECURITY LLC</t>
+  </si>
+  <si>
+    <t>DE-NA0001942</t>
+  </si>
+  <si>
+    <t>IGF::CL,CT::IGF Management and Operating Contract for Y-12 National Security Complex, Pantex Plant, with an option for Savannah River Tritium Operations</t>
+  </si>
+  <si>
+    <t>GARTEN SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>89243322CFE000070</t>
+  </si>
+  <si>
+    <t>Janitorial Services for NETL Albany, OR Site</t>
+  </si>
+  <si>
+    <t>562211</t>
+  </si>
+  <si>
+    <t>Hazardous Waste Treatment and Disposal</t>
+  </si>
+  <si>
+    <t>ENERGYSOLUTIONS, LLC</t>
+  </si>
+  <si>
+    <t>89303323CEM000112</t>
+  </si>
+  <si>
+    <t>This is a five-year (base + four option years) firm-fixed-price sole source award for the delivery of low-level radioactive waste disposal data from the contractor's waste disposal facility. This data is then entered into the Department of Energy's Manifest Information Management System (MIMS) database.</t>
+  </si>
+  <si>
+    <t>UTAH</t>
+  </si>
+  <si>
+    <t>562991</t>
+  </si>
+  <si>
+    <t>Septic Tank and Related Services</t>
+  </si>
+  <si>
+    <t>BIG VALLEY SANITATION, INC.</t>
+  </si>
+  <si>
+    <t>89503322PWA000239</t>
+  </si>
+  <si>
+    <t>NORTH ZONE SUBSTATION PORTABLE TOILET MAINTENANCE SERVICE.</t>
+  </si>
+  <si>
+    <t>D&amp;M PUMPING LLC</t>
+  </si>
+  <si>
+    <t>89503322PWA000240</t>
+  </si>
+  <si>
+    <t>SOUTH ZONE SUBSTATION PORTABLE TOILET MAINTENANCE SERVICE.</t>
+  </si>
+  <si>
+    <t>924110</t>
+  </si>
+  <si>
+    <t>Administration of Air and Water Resource and Solid Waste Management Programs</t>
+  </si>
+  <si>
+    <t>OREGON DEPARTMENT OF ENVIRONMENTAL QUALITY</t>
+  </si>
+  <si>
+    <t>89243324PFE000691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Environmental and Consultation Services for NETL Albany Site NOT TO EXCEED AMOUNT: Base Period: Date of Award to 9/30/2024 - $8,100.00 Option Year 1: 10/01/2024 to 9/30/2025 - $8,100.00 Option Year 2: 10/01/2025 to 9/30/2026 - $8,100.00 Option Year 3: 10/01/2026 to 9/30/2027 - $8,100.00 TOTAL AMOUNT: $32,400.00 </t>
+  </si>
+  <si>
+    <t>511130</t>
+  </si>
+  <si>
+    <t>PEMCO WORLD AIR SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>89233122CNA000281</t>
+  </si>
+  <si>
+    <t>Cargo Door Manual Updates PEMCO (CADMAN PEMCO)</t>
+  </si>
+  <si>
+    <t>YOLO EMPLOYMENT SERVICES</t>
+  </si>
+  <si>
+    <t>89503322PWA000250</t>
+  </si>
+  <si>
+    <t>CUSTODIAL CONTRACT FOR EMF WHSE, EMF SUB, AND SHOP BUILDING. Folsom</t>
+  </si>
+  <si>
+    <t>561790</t>
+  </si>
+  <si>
+    <t>Other Services to Buildings and Dwellings</t>
+  </si>
+  <si>
+    <t>WELLS, JAY</t>
+  </si>
+  <si>
+    <t>89503322PWA000251</t>
+  </si>
+  <si>
+    <t>FOLSOM PARKING LOT SWEEPING</t>
+  </si>
+  <si>
+    <t>IVORY CLOUD LLC</t>
+  </si>
+  <si>
+    <t>47QTCA19D005F / 89243122FSC400414</t>
+  </si>
+  <si>
+    <t>Portfolio Analysis and Management System (PAMS)</t>
+  </si>
+  <si>
+    <t>89503625PSW000267</t>
+  </si>
+  <si>
+    <t>High Voltage Switchyard Equipment</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence and Technologies Office</t>
+  </si>
+  <si>
+    <t>89303022DAI000002</t>
+  </si>
+  <si>
+    <t>The AITO requires program management and support services to accomplish its mission, strategy, and strategic goals.</t>
+  </si>
+  <si>
+    <t>HENRON ELECTRICAL RESOURCES LLC</t>
+  </si>
+  <si>
+    <t>89243325DFE000027</t>
+  </si>
+  <si>
+    <t>IDIQ for Construction Services at NETL Locations: Base Contract: 10/15/2024 - 10/14/2027 (36 months) Option I: 10/15/2027 - 10/14/2029 (24 months) SBA Requirement No. QI1726057127M</t>
+  </si>
+  <si>
+    <t>GS-00F-0004U / 89233025FNR400127</t>
+  </si>
+  <si>
+    <t>Naval Reactors Laboratory Field Office Contracts Division Support II; Procurement Support Services for Naval Reactors Laboratory Field Office (NRLFO). Services will be under established under the Department of Energy (DOE), National Nuclear Security Administration¿s (NNSA) Enterprise-Wide Technical and Engineering, and Programmatic Services III (TEPS III) Blanket Purchase Agreement (BPA)</t>
+  </si>
+  <si>
+    <t>POTOMACWAVE CONSULTING, INC.</t>
+  </si>
+  <si>
+    <t>GS00Q14OADS134 / 89303020FET400017</t>
+  </si>
+  <si>
+    <t>Red Rover Two - Technical, Analytical and Management Support Services</t>
+  </si>
+  <si>
+    <t>GS-00F-0004U / 89233123FNA000118</t>
+  </si>
+  <si>
+    <t>Independent Project Review and Assessment support for the Department of Energy, National Nuclear Security Administration's (DOE/NNSA) Office of Enterprise Project Management (NA-APM-20)</t>
+  </si>
+  <si>
+    <t>89233125CNA000394</t>
+  </si>
+  <si>
+    <t>The Tribal Education Partnership Program (TEPP) strengthens and bolsters the capacities of Tribal Colleges and Universities (TCUs) in Science, Technology, Engineering, and Mathematics (STEM). Maintaining current networks and broadening the reach of TEPP to TCUs throughout the nation is integral to meeting the objectives of this program.</t>
+  </si>
+  <si>
+    <t>47QRAA20D0012 / 89233124FNA400654</t>
+  </si>
+  <si>
+    <t>DOD ELECTRICAL CONSTRUCTORS A JV</t>
+  </si>
+  <si>
+    <t>89503125CWA000110</t>
+  </si>
+  <si>
+    <t>The construction of 59-miles of 230-kV double-circuit transmission line; construction of 5-miles of 230-kV single-circuit transmission line; removing 58-miles of single-circuit 115-kV transmission line; fiber optic installation including optical overhead ground wire (OPGW), fiber splicing and all associated fiber equipment.</t>
   </si>
   <si>
     <t>CHEROKEE NATION STRATEGIC PROGRAMS, L.L.C.</t>
   </si>
   <si>
-    <t>47QRAD20D8141 / 89503424FWA401569</t>
-[...8083 lines deleted...]
-  <si>
     <t>47QRAD20D8141 / 89503322FWA400117</t>
   </si>
   <si>
     <t>SNR Technical Services</t>
   </si>
   <si>
     <t>APPLIED RESEARCH ASSOCIATES, INC.</t>
   </si>
   <si>
     <t>89233122CNA000287</t>
   </si>
   <si>
     <t>This contract constitutes the agreement for procurement of NucSim and NORSE Code Maintenance from ARA to address AWE requirements.</t>
   </si>
   <si>
     <t>ALL SEASONS PROPERTY MAINTENANCE INC</t>
   </si>
   <si>
     <t>89503425PWA002038</t>
   </si>
   <si>
     <t>WTO-LAWN MAINTENANCE 2025 - WITH UP TO 2 OPTION YEARS</t>
   </si>
   <si>
     <t>CHENEGA RELIABLE SERVICES LLC</t>
@@ -8613,382 +8439,615 @@
   <si>
     <t>Iron and Steel Pipe and Tube Manufacturing from Purchased Steel</t>
   </si>
   <si>
     <t>GALVANIZERS, INC.</t>
   </si>
   <si>
     <t>89503023DWA000018</t>
   </si>
   <si>
     <t>Steel Structures for Western Area Power Administration (WAPA)</t>
   </si>
   <si>
     <t>NNG15SD26B / 89243324FFE400625</t>
   </si>
   <si>
     <t xml:space="preserve">IRA/GPP funding ESNET Upgrade Project Enterprise deployment - Juniper </t>
   </si>
   <si>
     <t>NNG15SD26B / 89243324FFE400626</t>
   </si>
   <si>
     <t xml:space="preserve">IRA funding ESNET Upgrade Project - Palo Alto Firewall Upgrade </t>
   </si>
   <si>
+    <t>MISSION SUPPORT AND TEST SERVICES LLC</t>
+  </si>
+  <si>
+    <t>DE-NA0003624</t>
+  </si>
+  <si>
+    <t>IGF::CL,CT::IGF Contract Award DE-NA0003624 to the Mission Support and Test Services LLC (MSTS) for the Management and Operation of the Department of Energy National Nuclear Security Administration's Nevada National Security Site.</t>
+  </si>
+  <si>
+    <t>LAKE REGION CORPORATION</t>
+  </si>
+  <si>
+    <t>89503423PWA001521</t>
+  </si>
+  <si>
+    <t>NDMO JANITORIAL CONTRACT FOR DEVILS LAKE SUBSTATION OFFICE - Base plus 4</t>
+  </si>
+  <si>
+    <t>GOLDEN RULE INDUSTRIES OF MUSKOGEE INC</t>
+  </si>
+  <si>
+    <t>89503625CSW000078</t>
+  </si>
+  <si>
+    <t>Janitorial Services for Tulsa Headquarters</t>
+  </si>
+  <si>
+    <t>89503224PWA000496</t>
+  </si>
+  <si>
+    <t>Autotransformer, 3-phase, 115-12.47-kv, 15,000 KVA.</t>
+  </si>
+  <si>
+    <t>PERFORMANCE EDGE, LLC</t>
+  </si>
+  <si>
+    <t>89303925CEM000052</t>
+  </si>
+  <si>
+    <t>Technical Support for Strategic Management per the Statement of Work.</t>
+  </si>
+  <si>
+    <t>89303023CLP000054</t>
+  </si>
+  <si>
+    <t>Outside Counsel for the Transmission Facilitation Program.</t>
+  </si>
+  <si>
+    <t>GS-03F-113DA / 89503224FWA400580</t>
+  </si>
+  <si>
+    <t>PURCHASE AND DELIVERY OF TWO (2) TRUCKS WITH MOUNTED AERIAL WORK PLATFORM, WESTERN AREA POWER ADMINISTRATION.</t>
+  </si>
+  <si>
+    <t>89503224PWA000509</t>
+  </si>
+  <si>
+    <t>3-phase, 115-12.47-kv Transformer</t>
+  </si>
+  <si>
+    <t>S&amp;K LOGISTICS SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>89303721DEM000010</t>
+  </si>
+  <si>
+    <t>Technical and Engineering Services</t>
+  </si>
+  <si>
     <t>NNG15SD26B / 89243324FFE400628</t>
   </si>
   <si>
     <t>IRA/GPP funding ESNET Upgrade Project Science/HPC Deployment - Juniper</t>
   </si>
   <si>
+    <t>212290</t>
+  </si>
+  <si>
+    <t>Other Metal Ore Mining</t>
+  </si>
+  <si>
+    <t>CONVERDYN, GP</t>
+  </si>
+  <si>
+    <t>89233123CNA000295</t>
+  </si>
+  <si>
+    <t>Provide uranium conversion services to the NNSA.</t>
+  </si>
+  <si>
+    <t>238990</t>
+  </si>
+  <si>
+    <t>All Other Specialty Trade Contractors</t>
+  </si>
+  <si>
+    <t>BOILER SUPPLY COMPANY, INCORPORATED</t>
+  </si>
+  <si>
+    <t>89243123PSC000247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boiler Maintenance Renewal, 1/1/23-12/31/23 </t>
+  </si>
+  <si>
+    <t>THE BOEING COMPANY</t>
+  </si>
+  <si>
+    <t>89233123CNA000303</t>
+  </si>
+  <si>
+    <t>Boeing Aircraft Manuals (BAM) FOR OFFICE OF SECURE TRANSPORTATION (OST) Aviation Operations Division (AOD) - NA-15.</t>
+  </si>
+  <si>
+    <t>89243123PSC000252</t>
+  </si>
+  <si>
+    <t>(OSTI buyer: Tammy Payne) Journal Renewal of InCites Benchmarking &amp; Analytics Period of Subscription: 1/1/23-12/31/23</t>
+  </si>
+  <si>
+    <t>INSTITUTE OF ELECTRICAL AND ELECTRONICS ENGINEERS, INCORPORATED, THE</t>
+  </si>
+  <si>
+    <t>89243123PSC000251</t>
+  </si>
+  <si>
+    <t>Journal renewal: Jan 1, 2023 - Dec 31, 2023</t>
+  </si>
+  <si>
+    <t>IOP PUBLISHING LIMITED</t>
+  </si>
+  <si>
+    <t>89243124PSC000280</t>
+  </si>
+  <si>
+    <t>Journal Subscription Renewal</t>
+  </si>
+  <si>
+    <t>SOCIETY FOR INDUSTRIAL AND APPLIED MATHEMATICS</t>
+  </si>
+  <si>
+    <t>89243124PSC000315</t>
+  </si>
+  <si>
+    <t>SIAM journal renewal</t>
+  </si>
+  <si>
+    <t>SOCIETY OF EXPLORATION GEOPHYSICISTS</t>
+  </si>
+  <si>
+    <t>89243123PSC000253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OSTI (Buyer: Tammy Payne) 2023 Journal Renewal from 1/1/2023-12/31/2023 with 4 option years: Vendor Society of Exploration Geophysicist </t>
+  </si>
+  <si>
+    <t>517111</t>
+  </si>
+  <si>
+    <t>FRONTIER COMMUNICATIONS OF AMERICA, INC.</t>
+  </si>
+  <si>
+    <t>89303323CEM000106</t>
+  </si>
+  <si>
+    <t>The West Valley Demonstration Project (WVDP) requires Metro Ethernet Service (Point to Point) between the West Valley Ashford Office Complex (AOC) and the West Valley Demonstration Project (WVDP), located in West Valley, New York.</t>
+  </si>
+  <si>
+    <t>ELSEVIER INC.</t>
+  </si>
+  <si>
+    <t>03310324D0019 / 89243325FFE400649</t>
+  </si>
+  <si>
+    <t>Renewal of Science Direct online subscription per Elsevier Quote No. 1-23773017426 with base plus two option periods. Base Renewal POP 1/1/2025 to 12/31/2025.</t>
+  </si>
+  <si>
+    <t>89303023CLP000046</t>
+  </si>
+  <si>
+    <t>Outside Counsel for Loan 1424 RSCAP DE-RS01-00088</t>
+  </si>
+  <si>
+    <t>89503023DWA000019</t>
+  </si>
+  <si>
+    <t>WAPA-wide Physical Security Technical Services</t>
+  </si>
+  <si>
+    <t>LONGENECKER &amp; ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-258CA / 89233125FNA400664</t>
+  </si>
+  <si>
+    <t>Subtask 1: The contractor will provide technical SME support to NA-11 with consultation in reconstituting Tritium Research, Development, Testing and Evaluation (RDT&amp;E) capabilities sufficient to meet current and future requirements for the National Security Enterprise. Subtask 2: Contractor will provide technical SME that will provide strategic planning support and technical and programmatic assessments and consultation on a range of Defense Programs and Defense Nuclear Nonproliferation (DNN) topics as directed by NNSA.</t>
+  </si>
+  <si>
+    <t>SAYBOLT LP</t>
+  </si>
+  <si>
+    <t>89243523DCR000001</t>
+  </si>
+  <si>
+    <t>Crude Oil Quality Testing and Analysis Services for the Strategic Petroleum Reserve Project Management Office (SPRPMO)</t>
+  </si>
+  <si>
+    <t>OMNISYNC INCORPORATED</t>
+  </si>
+  <si>
+    <t>89243123CSC000133</t>
+  </si>
+  <si>
+    <t>LEVITAN &amp; ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t>89243223DNE000008</t>
+  </si>
+  <si>
+    <t>In support of the CNC Program needs to evaluate whether individual nuclear reactors are at risk of shutdown due to economic factors, DOE has identified that subject matter expertise on economic factors and post-award application plans is necessary to review all the documentation provided in the certification application to meet the timeline that was instituted for the CNC Program by the IIJA. Contractor will provide subject matter expertise to assist DOE in the evaluation of economic factor for submitted applications for certification and possible conditional credit allocation.</t>
+  </si>
+  <si>
+    <t>TECHNICAL RESOURCES GROUP INC</t>
+  </si>
+  <si>
+    <t>GS-10F-0300W / 89303325FEM400444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Within the DOE Office of Environmental Management, the Office of Packaging and Transportation implements the complex-wide TEPP to address preparedness issues for shipments of DOE radiological material and waste. TEPP provides support to federal, state, tribal, and local authorities to prepare for a response to a transportation incident/accident involving shipments of DOE radiological material. TEPP, by integrating transportation and emergency preparedness activities, takes a coordinated approach to addressing the emergency response concerns of state, tribal, and local officials affected by DOE shipments. TEPP also ensures responders have access to model plans and procedures, training, and technical assistance necessary to prepare and respond safely, efficiently, and effectively to transportation incidents/accidents. The Contractor reviews state and federal regulations and standards for DOE consideration that may impact the TEPP program. Under the supervision of DOE, the Contractor assists in conducting at least two exercises per year to validate responder capability to mitigate a radiological transportation incident. The Contractor is responsible for providing support services such astraining videos and other potential options for DOE consideration and distribution as appropriate. Under the supervision of DOE, the Contractor will deliver training to emergency responder audiences at up to 75 DOE Modular Emergency Response Radiological Transportation Training Program classes annually at various locations across the nation. The Contractor shall ensure the training curriculum covers the most current regulations and standards, as determined by DOE. The total estimated value of this acquisition is $4,500,000 over three years. </t>
+  </si>
+  <si>
+    <t>I-2-I SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>89503625CSW000079</t>
+  </si>
+  <si>
+    <t>Provide all personnel, equipment, supplies, facilities, transportation, tools, materials, supervision, and other items and nonpersonal services necessary to provide Grounds Maintenance services in accordance with attached Performance Work Statement and Wage Determination.</t>
+  </si>
+  <si>
+    <t>PROFESSIONAL PROJECT SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>GS-00F-112CA / 89243123FSC400488</t>
+  </si>
+  <si>
+    <t>The U.S. Department of Energy (DOE) Oak Ridge Office (collectively DOE ORO) requires contractor support to assist in compiling and preparing the DOE Oak Ridge Reservation (ORR) Annual Site Environmental Report (ASER). The ASER is the principal document that demonstrates compliance with DOE O 458.1, Radiation Protection of the Public and the Environment, requirements and is a key component of the Departments effort to keep the public informed of reservation environmental conditions.</t>
+  </si>
+  <si>
+    <t>89303026CIA000014</t>
+  </si>
+  <si>
+    <t>New Award for Professional Due Diligence and Support Services Period of Performance: 01/02/2026 to 01/01/2028</t>
+  </si>
+  <si>
     <t>NNG15SD26B / 89243324FFE400629</t>
   </si>
   <si>
     <t>IRA funding ESNET Upgrade Project - Science HPC Nvidia</t>
   </si>
   <si>
-    <t>MISSION SUPPORT AND TEST SERVICES LLC</t>
-[...29 lines deleted...]
-    <t>Autotransformer, 3-phase, 115-12.47-kv, 15,000 KVA.</t>
+    <t>HANFORD LABORATORY MANAGEMENT AND INTEGRATION LLC</t>
+  </si>
+  <si>
+    <t>89303320CEM000075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Services described in Section C.2 to operate and maintain the 222-S Laboratory Complex. </t>
+  </si>
+  <si>
+    <t>47QTCA19D005F / 89243424FEE400354</t>
+  </si>
+  <si>
+    <t>Knowledge Management and Systems Office (KMSO) EERE Program Information Center (EPIC) System Development</t>
+  </si>
+  <si>
+    <t>SYSCOM INC</t>
+  </si>
+  <si>
+    <t>89503223PWA000389</t>
+  </si>
+  <si>
+    <t>JANITORIAL SERVICES FOR ROCKY MOUNTAIN REGION LOCATED IN GERING AND SIDNEY NEBRASKA.</t>
+  </si>
+  <si>
+    <t>MANAGEMENT SOLUTIONS, L.L.C.</t>
+  </si>
+  <si>
+    <t>89243123CSC000139</t>
+  </si>
+  <si>
+    <t>Facilities, Operations and Maintenance Support Services</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="mmm\-yyyy"/>
+    <numFmt numFmtId="164" formatCode="mmM-yyyy"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="4">
     <font>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="12.0"/>
       <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="10.0"/>
       <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="8.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Helvetica"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F4FA"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF979991"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF979991"/>
       </top>
       <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF979991"/>
       </left>
       <right style="thin">
         <color rgb="FF979991"/>
       </right>
       <top style="thin">
         <color rgb="FF979991"/>
       </top>
       <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF979991"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF979991"/>
       </top>
       <bottom style="thin">
         <color rgb="FF979991"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF979991"/>
       </left>
       <right style="thin">
         <color rgb="FF979991"/>
       </right>
       <top style="thin">
         <color rgb="FF979991"/>
       </top>
       <bottom style="thin">
         <color rgb="FF979991"/>
       </bottom>
-      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -9117,37505 +9176,38098 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sba.gov/content/small-business-size-standards" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sam.gov/opportunities" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.gov/osdbu/articles/small-business-program-managers-directory" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.gov/osdbu/articles/small-business-program-managers-directory" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sam.gov/opportunities" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sba.gov/content/small-business-size-standards" TargetMode="External"/>
+</Relationships>
+
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M922"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:M928"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection sqref="A1:M1"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="1" customWidth="1"/>
+    <col min="1" max="1" width="9.96139" customWidth="1"/>
+    <col min="2" max="2" width="6.322532" customWidth="1"/>
+    <col min="3" max="3" width="20.637774" customWidth="1"/>
+    <col min="4" max="4" width="13.5194845" customWidth="1"/>
+    <col min="5" max="5" width="19.695486" customWidth="1"/>
+    <col min="6" max="6" width="17.161394" customWidth="1"/>
+    <col min="7" max="7" width="87.257" customWidth="1"/>
+    <col min="8" max="8" width="10.726341" customWidth="1"/>
+    <col min="9" max="9" width="9.199486" customWidth="1"/>
+    <col min="10" max="10" width="10.38823" customWidth="1"/>
+    <col min="11" max="11" width="7.6756654" customWidth="1"/>
+    <col min="12" max="12" width="14.785761" customWidth="1"/>
+    <col min="13" max="13" width="27.525576" customWidth="1"/>
+    <col min="14" max="14" width="0.95338076" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:13">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6"/>
-[...13 lines deleted...]
-      <c r="A2" s="7" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+    </row>
+    <row r="2" spans="1:13">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="7"/>
-[...13 lines deleted...]
-      <c r="A3" s="7" t="s">
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+    </row>
+    <row r="3" spans="1:13">
+      <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="7"/>
-[...13 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+    </row>
+    <row r="4" spans="1:13">
+      <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="7"/>
-[...13 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+      <c r="K4" s="2"/>
+      <c r="L4" s="2"/>
+      <c r="M4" s="2"/>
+    </row>
+    <row r="5" spans="1:13">
+      <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="7"/>
-[...13 lines deleted...]
-      <c r="A6" s="7" t="s">
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+      <c r="K5" s="2"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+    </row>
+    <row r="6" spans="1:13">
+      <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="7"/>
-[...13 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+    </row>
+    <row r="7" spans="1:13">
+      <c r="A7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="7"/>
-[...13 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+    </row>
+    <row r="8" spans="1:13">
+      <c r="A8" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="7"/>
-[...13 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="2"/>
+      <c r="M8" s="2"/>
+    </row>
+    <row r="9" spans="1:13">
+      <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="7"/>
-[...13 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+    </row>
+    <row r="10" spans="1:13">
+      <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="7"/>
-[...13 lines deleted...]
-      <c r="A11" s="7" t="s">
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="7"/>
-[...13 lines deleted...]
-      <c r="A12" s="7" t="s">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="7"/>
-[...43 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+    </row>
+    <row r="13" spans="1:13">
+      <c r="A13" s="4" t="s"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="4"/>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="4"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" s="5" t="s"/>
+      <c r="B14" s="5"/>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="5"/>
+      <c r="M14" s="5"/>
+    </row>
+    <row r="15" spans="1:13">
+      <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="7"/>
-[...43 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
+      <c r="I15" s="6"/>
+      <c r="J15" s="6"/>
+      <c r="K15" s="6"/>
+      <c r="L15" s="6"/>
+      <c r="M15" s="6"/>
+    </row>
+    <row r="16" spans="1:13">
+      <c r="A16" s="4" t="s"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="4"/>
+      <c r="I16" s="4"/>
+      <c r="J16" s="4"/>
+      <c r="K16" s="4"/>
+      <c r="L16" s="4"/>
+      <c r="M16" s="4"/>
+    </row>
+    <row r="17" spans="1:13">
+      <c r="A17" s="5" t="s"/>
+      <c r="B17" s="5"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="5"/>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5"/>
+      <c r="K17" s="5"/>
+      <c r="L17" s="5"/>
+      <c r="M17" s="5"/>
+    </row>
+    <row r="18" spans="1:13">
+      <c r="A18" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="B18" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="C18" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="D18" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="E18" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="F18" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="G18" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="H18" s="1" t="s">
+      <c r="H18" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="I18" s="1" t="s">
+      <c r="I18" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="J18" s="1" t="s">
+      <c r="J18" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="K18" s="1" t="s">
+      <c r="K18" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="L18" s="1" t="s">
+      <c r="L18" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="M18" s="2" t="s">
+      <c r="M18" s="8" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:13" ht="33.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B19" s="4" t="s">
+    <row r="19" spans="1:13">
+      <c r="A19" s="9">
+        <v>46068.0</v>
+      </c>
+      <c r="B19" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="C19" s="4" t="s">
+      <c r="C19" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="D19" s="4" t="s">
+      <c r="D19" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="E19" s="4" t="s">
+      <c r="E19" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="F19" s="4" t="s">
+      <c r="F19" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="G19" s="4" t="s">
+      <c r="G19" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="H19" s="4" t="s">
+      <c r="H19" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="I19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="J19" s="4" t="s">
+      <c r="I19" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J19" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="K19" s="4" t="s">
+      <c r="K19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="L19" s="4" t="s">
+      <c r="L19" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="M19" s="5" t="s">
+      <c r="M19" s="11" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="20" spans="1:13" ht="33.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B20" s="4" t="s">
+    <row r="20" spans="1:13">
+      <c r="A20" s="9">
+        <v>46068.0</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="C20" s="4" t="s">
+      <c r="F20" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="D20" s="4" t="s">
+      <c r="G20" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I20" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J20" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K20" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L20" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M20" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13">
+      <c r="A21" s="9">
+        <v>46069.0</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I21" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K21" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L21" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M21" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13">
+      <c r="A22" s="9">
+        <v>46069.0</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H22" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I22" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J22" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M22" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13">
+      <c r="A23" s="9">
+        <v>46069.0</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="E20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="4" t="s">
+      <c r="E23" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H23" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="G20" s="4" t="s">
+      <c r="I23" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J23" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="H20" s="4" t="s">
+      <c r="K23" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I20" s="4" t="s">
+      <c r="L23" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="J20" s="4" t="s">
+      <c r="M23" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
+      <c r="A24" s="9">
+        <v>46070.0</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J24" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L24" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M24" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" s="9">
+        <v>46072.0</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I25" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K25" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L25" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M25" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" s="9">
+        <v>46074.0</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H26" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I26" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K26" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L26" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M26" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
+      <c r="A27" s="9">
+        <v>46076.0</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I27" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J27" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K27" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M27" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" s="9">
+        <v>46076.0</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="G28" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H28" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I28" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J28" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K28" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L28" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M28" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" s="9">
+        <v>46076.0</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I29" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J29" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K29" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L29" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M29" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" s="9">
+        <v>46076.0</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G30" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="H30" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I30" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J30" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M30" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
+      <c r="A31" s="9">
+        <v>46078.0</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H31" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I31" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K31" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L31" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M31" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" s="9">
+        <v>46078.0</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="H32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I32" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J32" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K32" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L32" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M32" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" s="9">
+        <v>46079.0</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="F33" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="H33" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I33" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J33" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K33" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L33" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M33" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" s="9">
+        <v>46079.0</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="H34" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I34" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J34" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K34" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L34" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M34" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" s="9">
+        <v>46079.0</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="H35" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I35" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J35" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M35" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" s="9">
+        <v>46080.0</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I36" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K36" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M36" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" s="9">
+        <v>46080.0</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="G37" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="H37" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J37" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K37" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L37" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M37" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" s="9">
+        <v>46080.0</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="H38" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I38" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J38" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K38" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M38" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" s="9">
+        <v>46080.0</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="H39" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I39" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J39" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K39" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M39" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13">
+      <c r="A40" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="H40" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I40" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K40" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L40" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M40" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13">
+      <c r="A41" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I41" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K41" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M41" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13">
+      <c r="A42" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="G42" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H42" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I42" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K42" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L42" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M42" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13">
+      <c r="A43" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="G43" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I43" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J43" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K43" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L43" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M43" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13">
+      <c r="A44" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="G44" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I44" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K44" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L44" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M44" s="11" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13">
+      <c r="A45" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="H45" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I45" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J45" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K45" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L45" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M45" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13">
+      <c r="A46" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="H46" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I46" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K46" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M46" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
+      <c r="A47" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="H47" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I47" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J47" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K47" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L47" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M47" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
+      <c r="A48" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="H48" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I48" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K48" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M48" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="G49" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="H49" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I49" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J49" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M49" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
+      <c r="A50" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="H50" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I50" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J50" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K50" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M50" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13">
+      <c r="A51" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="G51" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="H51" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I51" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K51" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M51" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13">
+      <c r="A52" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>226</v>
+      </c>
+      <c r="H52" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I52" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J52" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K52" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L52" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M52" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13">
+      <c r="A53" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="F53" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="H53" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I53" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J53" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K53" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M53" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13">
+      <c r="A54" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="H54" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I54" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K54" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L54" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M54" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13">
+      <c r="A55" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="E55" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="G55" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="H55" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I55" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J55" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K55" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L55" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M55" s="11" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13">
+      <c r="A56" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>245</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="H56" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I56" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K56" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L56" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M56" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13">
+      <c r="A57" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>249</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E57" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="H57" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I57" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J57" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K57" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L57" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M57" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13">
+      <c r="A58" s="9">
+        <v>46081.0</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="H58" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I58" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J58" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K58" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L58" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M58" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13">
+      <c r="A59" s="9">
+        <v>46083.0</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E59" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I59" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J59" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K59" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M59" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13">
+      <c r="A60" s="9">
+        <v>46083.0</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="H60" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I60" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K60" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L60" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M60" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13">
+      <c r="A61" s="9">
+        <v>46083.0</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="G61" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="H61" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I61" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K61" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L61" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M61" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13">
+      <c r="A62" s="9">
+        <v>46084.0</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="H62" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I62" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J62" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K62" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M62" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13">
+      <c r="A63" s="9">
+        <v>46084.0</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="H63" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I63" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J63" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K63" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L63" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M63" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13">
+      <c r="A64" s="9">
+        <v>46086.0</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>291</v>
+      </c>
+      <c r="H64" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I64" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J64" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K64" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M64" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13">
+      <c r="A65" s="9">
+        <v>46086.0</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="H65" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I65" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J65" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K65" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M65" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13">
+      <c r="A66" s="9">
+        <v>46086.0</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="H66" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I66" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K66" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L66" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M66" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13">
+      <c r="A67" s="9">
+        <v>46086.0</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="F67" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="H67" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I67" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J67" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K67" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L67" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="M67" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13">
+      <c r="A68" s="9">
+        <v>46087.0</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E68" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="F68" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="H68" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I68" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J68" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K68" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L68" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M68" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13">
+      <c r="A69" s="9">
+        <v>46087.0</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E69" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="F69" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="G69" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="H69" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I69" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J69" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K69" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L69" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M69" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13">
+      <c r="A70" s="9">
+        <v>46088.0</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="H70" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I70" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J70" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K70" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L70" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M70" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13">
+      <c r="A71" s="9">
+        <v>46088.0</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="G71" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="H71" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I71" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K71" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L71" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M71" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13">
+      <c r="A72" s="9">
+        <v>46088.0</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="H72" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I72" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J72" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K72" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L72" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M72" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13">
+      <c r="A73" s="9">
+        <v>46089.0</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="F73" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="G73" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="H73" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I73" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J73" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K73" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L73" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M73" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13">
+      <c r="A74" s="9">
+        <v>46090.0</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E74" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="H74" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I74" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J74" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K74" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L74" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M74" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13">
+      <c r="A75" s="9">
+        <v>46091.0</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E75" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="F75" s="10" t="s">
+        <v>341</v>
+      </c>
+      <c r="G75" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="H75" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I75" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J75" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K75" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L75" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M75" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13">
+      <c r="A76" s="9">
+        <v>46091.0</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="H76" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I76" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K76" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L76" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M76" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
+      <c r="A77" s="9">
+        <v>46092.0</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E77" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="F77" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="G77" s="10" t="s">
+        <v>350</v>
+      </c>
+      <c r="H77" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I77" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J77" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K77" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L77" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M77" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13">
+      <c r="A78" s="9">
+        <v>46092.0</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E78" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="F78" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="H78" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I78" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J78" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K78" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L78" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M78" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13">
+      <c r="A79" s="9">
+        <v>46094.0</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D79" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E79" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F79" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="H79" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I79" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J79" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K79" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L79" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M79" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13">
+      <c r="A80" s="9">
+        <v>46095.0</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E80" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="F80" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="H80" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I80" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J80" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K80" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L80" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M80" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13">
+      <c r="A81" s="9">
+        <v>46095.0</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="G81" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="H81" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I81" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K81" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L81" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M81" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13">
+      <c r="A82" s="9">
+        <v>46095.0</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="F82" s="10" t="s">
+        <v>367</v>
+      </c>
+      <c r="G82" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="H82" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I82" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J82" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K82" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L82" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M82" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13">
+      <c r="A83" s="9">
+        <v>46096.0</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E83" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="F83" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="G83" s="10" t="s">
+        <v>371</v>
+      </c>
+      <c r="H83" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I83" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J83" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K83" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L83" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M83" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13">
+      <c r="A84" s="9">
+        <v>46096.0</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E84" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F84" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="G84" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="H84" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I84" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J84" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K84" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M84" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13">
+      <c r="A85" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>375</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E85" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="F85" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="H85" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I85" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K85" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L85" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M85" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13">
+      <c r="A86" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>381</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="G86" s="10" t="s">
+        <v>383</v>
+      </c>
+      <c r="H86" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I86" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K86" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L86" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M86" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13">
+      <c r="A87" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B87" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E87" s="10" t="s">
+        <v>384</v>
+      </c>
+      <c r="F87" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="G87" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="H87" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I87" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J87" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K87" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L87" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M87" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13">
+      <c r="A88" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E88" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="F88" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="H88" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I88" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J88" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K88" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L88" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M88" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
+      <c r="A89" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E89" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="F89" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="G89" s="10" t="s">
+        <v>392</v>
+      </c>
+      <c r="H89" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I89" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J89" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K89" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L89" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M89" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
+      <c r="A90" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="F90" s="10" t="s">
+        <v>394</v>
+      </c>
+      <c r="G90" s="10" t="s">
+        <v>395</v>
+      </c>
+      <c r="H90" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I90" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J90" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K90" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L90" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M90" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13">
+      <c r="A91" s="9">
+        <v>46097.0</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>397</v>
+      </c>
+      <c r="G91" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="H91" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I91" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K91" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L91" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M91" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13">
+      <c r="A92" s="9">
+        <v>46098.0</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E92" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F92" s="10" t="s">
+        <v>401</v>
+      </c>
+      <c r="G92" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I92" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J92" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K92" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L92" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M92" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13">
+      <c r="A93" s="9">
+        <v>46099.0</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E93" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="F93" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="G93" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="H93" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I93" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J93" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K93" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M93" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13">
+      <c r="A94" s="9">
+        <v>46099.0</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>407</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>408</v>
+      </c>
+      <c r="F94" s="10" t="s">
+        <v>409</v>
+      </c>
+      <c r="G94" s="10" t="s">
+        <v>410</v>
+      </c>
+      <c r="H94" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I94" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J94" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K94" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L94" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M94" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13">
+      <c r="A95" s="9">
+        <v>46100.0</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E95" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F95" s="10" t="s">
+        <v>411</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>412</v>
+      </c>
+      <c r="H95" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I95" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J95" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K95" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L95" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M95" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13">
+      <c r="A96" s="9">
+        <v>46100.0</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>413</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>415</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="G96" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="H96" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I96" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K96" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L96" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="M96" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13">
+      <c r="A97" s="9">
+        <v>46100.0</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D97" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E97" s="10" t="s">
+        <v>421</v>
+      </c>
+      <c r="F97" s="10" t="s">
+        <v>422</v>
+      </c>
+      <c r="G97" s="10" t="s">
+        <v>423</v>
+      </c>
+      <c r="H97" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I97" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J97" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K97" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L97" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M97" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13">
+      <c r="A98" s="9">
+        <v>46100.0</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="F98" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="G98" s="10" t="s">
+        <v>426</v>
+      </c>
+      <c r="H98" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I98" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J98" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K98" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L98" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M98" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13">
+      <c r="A99" s="9">
+        <v>46101.0</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>249</v>
+      </c>
+      <c r="C99" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E99" s="10" t="s">
+        <v>427</v>
+      </c>
+      <c r="F99" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="G99" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="H99" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I99" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J99" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K99" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L99" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M99" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13">
+      <c r="A100" s="9">
+        <v>46102.0</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>431</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E100" s="10" t="s">
+        <v>432</v>
+      </c>
+      <c r="F100" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="G100" s="10" t="s">
+        <v>434</v>
+      </c>
+      <c r="H100" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I100" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J100" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K100" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L100" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M100" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13">
+      <c r="A101" s="9">
+        <v>46104.0</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C101" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D101" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="G101" s="10" t="s">
+        <v>439</v>
+      </c>
+      <c r="H101" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I101" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K101" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L101" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M101" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13">
+      <c r="A102" s="9">
+        <v>46105.0</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C102" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E102" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="F102" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="G102" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="H102" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I102" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J102" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K102" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M102" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
+      <c r="A103" s="9">
+        <v>46106.0</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C103" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E103" s="10" t="s">
+        <v>442</v>
+      </c>
+      <c r="F103" s="10" t="s">
+        <v>443</v>
+      </c>
+      <c r="G103" s="10" t="s">
+        <v>444</v>
+      </c>
+      <c r="H103" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I103" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J103" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K103" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M103" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
+      <c r="A104" s="9">
+        <v>46107.0</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C104" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E104" s="10" t="s">
+        <v>445</v>
+      </c>
+      <c r="F104" s="10" t="s">
+        <v>446</v>
+      </c>
+      <c r="G104" s="10" t="s">
+        <v>447</v>
+      </c>
+      <c r="H104" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I104" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J104" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K104" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L104" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M104" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13">
+      <c r="A105" s="9">
+        <v>46107.0</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>449</v>
+      </c>
+      <c r="C105" s="10" t="s">
+        <v>450</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E105" s="10" t="s">
+        <v>451</v>
+      </c>
+      <c r="F105" s="10" t="s">
+        <v>452</v>
+      </c>
+      <c r="G105" s="10" t="s">
+        <v>453</v>
+      </c>
+      <c r="H105" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I105" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J105" s="10" t="s">
+        <v>454</v>
+      </c>
+      <c r="K105" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L105" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M105" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13">
+      <c r="A106" s="9">
+        <v>46107.0</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>457</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>458</v>
+      </c>
+      <c r="G106" s="10" t="s">
+        <v>459</v>
+      </c>
+      <c r="H106" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I106" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="K106" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L106" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M106" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13">
+      <c r="A107" s="9">
+        <v>46109.0</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C107" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D107" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E107" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="F107" s="10" t="s">
+        <v>462</v>
+      </c>
+      <c r="G107" s="10" t="s">
+        <v>463</v>
+      </c>
+      <c r="H107" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I107" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J107" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K107" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L107" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M107" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13">
+      <c r="A108" s="9">
+        <v>46110.0</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="E108" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="F108" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>467</v>
+      </c>
+      <c r="H108" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I108" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J108" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K108" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L108" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M108" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13">
+      <c r="A109" s="9">
+        <v>46110.0</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E109" s="10" t="s">
+        <v>469</v>
+      </c>
+      <c r="F109" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="G109" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="H109" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I109" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J109" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K109" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L109" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M109" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13">
+      <c r="A110" s="9">
+        <v>46110.0</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>472</v>
+      </c>
+      <c r="F110" s="10" t="s">
+        <v>473</v>
+      </c>
+      <c r="G110" s="10" t="s">
+        <v>474</v>
+      </c>
+      <c r="H110" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I110" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J110" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K110" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L110" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M110" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13">
+      <c r="A111" s="9">
+        <v>46111.0</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>476</v>
+      </c>
+      <c r="G111" s="10" t="s">
+        <v>477</v>
+      </c>
+      <c r="H111" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I111" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K111" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L111" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M111" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13">
+      <c r="A112" s="9">
+        <v>46111.0</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C112" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E112" s="10" t="s">
+        <v>480</v>
+      </c>
+      <c r="F112" s="10" t="s">
+        <v>481</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I112" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J112" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K112" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L112" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M112" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13">
+      <c r="A113" s="9">
+        <v>46111.0</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E113" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="F113" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>485</v>
+      </c>
+      <c r="H113" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I113" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J113" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K113" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L113" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M113" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13">
+      <c r="A114" s="9">
+        <v>46111.0</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E114" s="10" t="s">
+        <v>488</v>
+      </c>
+      <c r="F114" s="10" t="s">
+        <v>489</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="H114" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I114" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J114" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K114" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L114" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M114" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13">
+      <c r="A115" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E115" s="10" t="s">
+        <v>493</v>
+      </c>
+      <c r="F115" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>495</v>
+      </c>
+      <c r="H115" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I115" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J115" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K115" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L115" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M115" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
+      <c r="A116" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>496</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="H116" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I116" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K116" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L116" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M116" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13">
+      <c r="A117" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E117" s="10" t="s">
+        <v>499</v>
+      </c>
+      <c r="F117" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="H117" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I117" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J117" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K117" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L117" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M117" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13">
+      <c r="A118" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E118" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="F118" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="G118" s="10" t="s">
+        <v>504</v>
+      </c>
+      <c r="H118" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I118" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J118" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K118" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L118" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M118" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13">
+      <c r="A119" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E119" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F119" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="G119" s="10" t="s">
+        <v>508</v>
+      </c>
+      <c r="H119" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I119" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J119" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K119" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L119" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M119" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
+      <c r="A120" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E120" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="F120" s="10" t="s">
+        <v>512</v>
+      </c>
+      <c r="G120" s="10" t="s">
+        <v>513</v>
+      </c>
+      <c r="H120" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I120" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J120" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K120" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L120" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M120" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13">
+      <c r="A121" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>514</v>
+      </c>
+      <c r="G121" s="10" t="s">
+        <v>515</v>
+      </c>
+      <c r="H121" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I121" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K121" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L121" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M121" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E122" s="10" t="s">
+        <v>517</v>
+      </c>
+      <c r="F122" s="10" t="s">
+        <v>518</v>
+      </c>
+      <c r="G122" s="10" t="s">
+        <v>519</v>
+      </c>
+      <c r="H122" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I122" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J122" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K122" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L122" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M122" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E123" s="10" t="s">
+        <v>520</v>
+      </c>
+      <c r="F123" s="10" t="s">
+        <v>521</v>
+      </c>
+      <c r="G123" s="10" t="s">
+        <v>522</v>
+      </c>
+      <c r="H123" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I123" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J123" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K123" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L123" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M123" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E124" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="F124" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="G124" s="10" t="s">
+        <v>525</v>
+      </c>
+      <c r="H124" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I124" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J124" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K124" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L124" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M124" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13">
+      <c r="A125" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E125" s="10" t="s">
+        <v>526</v>
+      </c>
+      <c r="F125" s="10" t="s">
+        <v>527</v>
+      </c>
+      <c r="G125" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="H125" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I125" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J125" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K125" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L125" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M125" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>530</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>531</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>532</v>
+      </c>
+      <c r="G126" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="H126" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I126" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K126" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L126" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M126" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E127" s="10" t="s">
+        <v>534</v>
+      </c>
+      <c r="F127" s="10" t="s">
+        <v>535</v>
+      </c>
+      <c r="G127" s="10" t="s">
+        <v>536</v>
+      </c>
+      <c r="H127" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I127" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J127" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K127" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L127" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M127" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13">
+      <c r="A128" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E128" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="F128" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="G128" s="10" t="s">
+        <v>540</v>
+      </c>
+      <c r="H128" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I128" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J128" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K128" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L128" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M128" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13">
+      <c r="A129" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>542</v>
+      </c>
+      <c r="E129" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="F129" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="G129" s="10" t="s">
+        <v>545</v>
+      </c>
+      <c r="H129" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I129" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J129" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K129" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L129" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M129" s="11" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13">
+      <c r="A130" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E130" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="F130" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="G130" s="10" t="s">
+        <v>548</v>
+      </c>
+      <c r="H130" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I130" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J130" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K130" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L130" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M130" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13">
+      <c r="A131" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>549</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>550</v>
+      </c>
+      <c r="G131" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="H131" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I131" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K131" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L131" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M131" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13">
+      <c r="A132" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E132" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="F132" s="10" t="s">
+        <v>552</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>553</v>
+      </c>
+      <c r="H132" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I132" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J132" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K132" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L132" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M132" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13">
+      <c r="A133" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E133" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F133" s="10" t="s">
+        <v>554</v>
+      </c>
+      <c r="G133" s="10" t="s">
+        <v>555</v>
+      </c>
+      <c r="H133" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I133" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J133" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K133" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L133" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M133" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13">
+      <c r="A134" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E134" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="F134" s="10" t="s">
+        <v>557</v>
+      </c>
+      <c r="G134" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="H134" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I134" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J134" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K134" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L134" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M134" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13">
+      <c r="A135" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E135" s="10" t="s">
+        <v>560</v>
+      </c>
+      <c r="F135" s="10" t="s">
+        <v>561</v>
+      </c>
+      <c r="G135" s="10" t="s">
+        <v>562</v>
+      </c>
+      <c r="H135" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I135" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J135" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K135" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L135" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M135" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13">
+      <c r="A136" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>565</v>
+      </c>
+      <c r="H136" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I136" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K136" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L136" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M136" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13">
+      <c r="A137" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E137" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F137" s="10" t="s">
+        <v>567</v>
+      </c>
+      <c r="G137" s="10" t="s">
+        <v>568</v>
+      </c>
+      <c r="H137" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I137" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J137" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K137" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L137" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M137" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13">
+      <c r="A138" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="E138" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="F138" s="10" t="s">
+        <v>570</v>
+      </c>
+      <c r="G138" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="H138" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I138" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J138" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K138" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L138" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M138" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13">
+      <c r="A139" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E139" s="10" t="s">
+        <v>574</v>
+      </c>
+      <c r="F139" s="10" t="s">
+        <v>575</v>
+      </c>
+      <c r="G139" s="10" t="s">
+        <v>576</v>
+      </c>
+      <c r="H139" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I139" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J139" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K139" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L139" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M139" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13">
+      <c r="A140" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E140" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="F140" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="G140" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="H140" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I140" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J140" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K140" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L140" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M140" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13">
+      <c r="A141" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>580</v>
+      </c>
+      <c r="G141" s="10" t="s">
+        <v>581</v>
+      </c>
+      <c r="H141" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I141" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K141" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L141" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M141" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13">
+      <c r="A142" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E142" s="10" t="s">
+        <v>583</v>
+      </c>
+      <c r="F142" s="10" t="s">
+        <v>584</v>
+      </c>
+      <c r="G142" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="H142" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I142" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J142" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K142" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L142" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M142" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13">
+      <c r="A143" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E143" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="F143" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="G143" s="10" t="s">
+        <v>590</v>
+      </c>
+      <c r="H143" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I143" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J143" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K143" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L143" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M143" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13">
+      <c r="A144" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E144" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="F144" s="10" t="s">
+        <v>594</v>
+      </c>
+      <c r="G144" s="10" t="s">
+        <v>595</v>
+      </c>
+      <c r="H144" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I144" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J144" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K144" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L144" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M144" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13">
+      <c r="A145" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E145" s="10" t="s">
+        <v>596</v>
+      </c>
+      <c r="F145" s="10" t="s">
+        <v>597</v>
+      </c>
+      <c r="G145" s="10" t="s">
+        <v>598</v>
+      </c>
+      <c r="H145" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I145" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J145" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K145" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L145" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M145" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13">
+      <c r="A146" s="9">
+        <v>46112.0</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>600</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>604</v>
+      </c>
+      <c r="G146" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="H146" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I146" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K146" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L146" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M146" s="11" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13">
+      <c r="A147" s="9">
+        <v>46113.0</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>607</v>
+      </c>
+      <c r="F147" s="10" t="s">
+        <v>608</v>
+      </c>
+      <c r="G147" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="H147" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I147" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J147" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K147" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L147" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M147" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13">
+      <c r="A148" s="9">
+        <v>46113.0</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E148" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="F148" s="10" t="s">
+        <v>611</v>
+      </c>
+      <c r="G148" s="10" t="s">
+        <v>612</v>
+      </c>
+      <c r="H148" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I148" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J148" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K148" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L148" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M148" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13">
+      <c r="A149" s="9">
+        <v>46113.0</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E149" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="F149" s="10" t="s">
+        <v>615</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>616</v>
+      </c>
+      <c r="H149" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I149" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J149" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K149" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L149" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M149" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13">
+      <c r="A150" s="9">
+        <v>46115.0</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E150" s="10" t="s">
+        <v>617</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>619</v>
+      </c>
+      <c r="H150" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I150" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J150" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K150" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L150" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M150" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13">
+      <c r="A151" s="9">
+        <v>46115.0</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>620</v>
+      </c>
+      <c r="G151" s="10" t="s">
+        <v>621</v>
+      </c>
+      <c r="H151" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I151" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K151" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L151" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M151" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13">
+      <c r="A152" s="9">
+        <v>46116.0</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E152" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="F152" s="10" t="s">
+        <v>623</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>624</v>
+      </c>
+      <c r="H152" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I152" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J152" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K152" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L152" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="M152" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13">
+      <c r="A153" s="9">
+        <v>46117.0</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E153" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F153" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="G153" s="10" t="s">
+        <v>627</v>
+      </c>
+      <c r="H153" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I153" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J153" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K153" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L153" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M153" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13">
+      <c r="A154" s="9">
+        <v>46118.0</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E154" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="F154" s="10" t="s">
+        <v>628</v>
+      </c>
+      <c r="G154" s="10" t="s">
+        <v>629</v>
+      </c>
+      <c r="H154" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I154" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J154" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K154" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L154" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M154" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13">
+      <c r="A155" s="9">
+        <v>46118.0</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>630</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E155" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F155" s="10" t="s">
+        <v>633</v>
+      </c>
+      <c r="G155" s="10" t="s">
+        <v>634</v>
+      </c>
+      <c r="H155" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I155" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J155" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K155" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L155" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M155" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13">
+      <c r="A156" s="9">
+        <v>46118.0</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="G156" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="H156" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I156" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K156" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L156" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M156" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13">
+      <c r="A157" s="9">
+        <v>46119.0</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E157" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="F157" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="G157" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="H157" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I157" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J157" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K157" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L157" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M157" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13">
+      <c r="A158" s="9">
+        <v>46119.0</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E158" s="10" t="s">
+        <v>643</v>
+      </c>
+      <c r="F158" s="10" t="s">
+        <v>644</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="H158" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I158" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J158" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K158" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L158" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M158" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13">
+      <c r="A159" s="9">
+        <v>46120.0</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E159" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F159" s="10" t="s">
+        <v>647</v>
+      </c>
+      <c r="G159" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="H159" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I159" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J159" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K159" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L159" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M159" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13">
+      <c r="A160" s="9">
+        <v>46121.0</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E160" s="10" t="s">
+        <v>649</v>
+      </c>
+      <c r="F160" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="G160" s="10" t="s">
+        <v>651</v>
+      </c>
+      <c r="H160" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I160" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J160" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K160" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L160" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M160" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13">
+      <c r="A161" s="9">
+        <v>46121.0</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>653</v>
+      </c>
+      <c r="G161" s="10" t="s">
+        <v>654</v>
+      </c>
+      <c r="H161" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I161" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K161" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L161" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M161" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13">
+      <c r="A162" s="9">
+        <v>46121.0</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E162" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="F162" s="10" t="s">
+        <v>656</v>
+      </c>
+      <c r="G162" s="10" t="s">
+        <v>657</v>
+      </c>
+      <c r="H162" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I162" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J162" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K162" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L162" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M162" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13">
+      <c r="A163" s="9">
+        <v>46122.0</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E163" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="F163" s="10" t="s">
+        <v>659</v>
+      </c>
+      <c r="G163" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="H163" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I163" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J163" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K163" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L163" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M163" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13">
+      <c r="A164" s="9">
+        <v>46122.0</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E164" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F164" s="10" t="s">
+        <v>662</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="H164" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I164" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J164" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K164" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L164" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M164" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13">
+      <c r="A165" s="9">
+        <v>46122.0</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E165" s="10" t="s">
+        <v>664</v>
+      </c>
+      <c r="F165" s="10" t="s">
+        <v>665</v>
+      </c>
+      <c r="G165" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="H165" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I165" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J165" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K165" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L165" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M165" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13">
+      <c r="A166" s="9">
+        <v>46122.0</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>669</v>
+      </c>
+      <c r="G166" s="10" t="s">
+        <v>670</v>
+      </c>
+      <c r="H166" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I166" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K166" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L166" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="M166" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13">
+      <c r="A167" s="9">
+        <v>46123.0</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E167" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="F167" s="10" t="s">
+        <v>673</v>
+      </c>
+      <c r="G167" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="H167" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I167" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J167" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K167" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L167" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M167" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13">
+      <c r="A168" s="9">
+        <v>46126.0</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E168" s="10" t="s">
+        <v>678</v>
+      </c>
+      <c r="F168" s="10" t="s">
+        <v>679</v>
+      </c>
+      <c r="G168" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="H168" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I168" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J168" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K168" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L168" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M168" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13">
+      <c r="A169" s="9">
+        <v>46126.0</v>
+      </c>
+      <c r="B169" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E169" s="10" t="s">
+        <v>682</v>
+      </c>
+      <c r="F169" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="G169" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="H169" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I169" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J169" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K169" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L169" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M169" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13">
+      <c r="A170" s="9">
+        <v>46126.0</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E170" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="F170" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="G170" s="10" t="s">
+        <v>687</v>
+      </c>
+      <c r="H170" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I170" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J170" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K170" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L170" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M170" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13">
+      <c r="A171" s="9">
+        <v>46126.0</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>690</v>
+      </c>
+      <c r="G171" s="10" t="s">
+        <v>691</v>
+      </c>
+      <c r="H171" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I171" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K171" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L171" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M171" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13">
+      <c r="A172" s="9">
+        <v>46127.0</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E172" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="F172" s="10" t="s">
+        <v>693</v>
+      </c>
+      <c r="G172" s="10" t="s">
+        <v>694</v>
+      </c>
+      <c r="H172" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I172" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J172" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K172" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L172" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M172" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13">
+      <c r="A173" s="9">
+        <v>46127.0</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E173" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="F173" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="G173" s="10" t="s">
+        <v>697</v>
+      </c>
+      <c r="H173" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I173" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J173" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K173" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L173" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M173" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13">
+      <c r="A174" s="9">
+        <v>46128.0</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E174" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F174" s="10" t="s">
+        <v>698</v>
+      </c>
+      <c r="G174" s="10" t="s">
+        <v>699</v>
+      </c>
+      <c r="H174" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I174" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J174" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K174" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L174" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M174" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13">
+      <c r="A175" s="9">
+        <v>46130.0</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>700</v>
+      </c>
+      <c r="G175" s="10" t="s">
+        <v>701</v>
+      </c>
+      <c r="H175" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I175" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K175" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L175" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M175" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13">
+      <c r="A176" s="9">
+        <v>46130.0</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>702</v>
+      </c>
+      <c r="G176" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="H176" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I176" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J176" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K176" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L176" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M176" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13">
+      <c r="A177" s="9">
+        <v>46131.0</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E177" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="F177" s="10" t="s">
+        <v>705</v>
+      </c>
+      <c r="G177" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="H177" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I177" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J177" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K177" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L177" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M177" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13">
+      <c r="A178" s="9">
+        <v>46131.0</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E178" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="F178" s="10" t="s">
+        <v>708</v>
+      </c>
+      <c r="G178" s="10" t="s">
+        <v>709</v>
+      </c>
+      <c r="H178" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I178" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J178" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K178" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L178" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M178" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13">
+      <c r="A179" s="9">
+        <v>46132.0</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E179" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F179" s="10" t="s">
+        <v>710</v>
+      </c>
+      <c r="G179" s="10" t="s">
+        <v>711</v>
+      </c>
+      <c r="H179" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I179" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J179" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K179" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L179" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M179" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13">
+      <c r="A180" s="9">
+        <v>46132.0</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="G180" s="10" t="s">
+        <v>713</v>
+      </c>
+      <c r="H180" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I180" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J180" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K180" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L180" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M180" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13">
+      <c r="A181" s="9">
+        <v>46136.0</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>714</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>715</v>
+      </c>
+      <c r="G181" s="10" t="s">
+        <v>716</v>
+      </c>
+      <c r="H181" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I181" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K181" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L181" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M181" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13">
+      <c r="A182" s="9">
+        <v>46137.0</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E182" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F182" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="G182" s="10" t="s">
+        <v>719</v>
+      </c>
+      <c r="H182" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I182" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J182" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K182" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L182" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M182" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13">
+      <c r="A183" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D183" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E183" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="F183" s="10" t="s">
+        <v>720</v>
+      </c>
+      <c r="G183" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H183" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I183" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J183" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K183" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L183" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M183" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13">
+      <c r="A184" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E184" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="F184" s="10" t="s">
+        <v>723</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H184" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I184" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J184" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K184" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L184" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M184" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13">
+      <c r="A185" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D185" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>724</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>725</v>
+      </c>
+      <c r="G185" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H185" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I185" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J185" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K185" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L185" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M185" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13">
+      <c r="A186" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>726</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>727</v>
+      </c>
+      <c r="G186" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H186" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I186" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K186" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L186" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M186" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13">
+      <c r="A187" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B187" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C187" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D187" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E187" s="10" t="s">
+        <v>728</v>
+      </c>
+      <c r="F187" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="G187" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H187" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I187" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J187" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K187" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L187" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M187" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13">
+      <c r="A188" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E188" s="10" t="s">
+        <v>730</v>
+      </c>
+      <c r="F188" s="10" t="s">
+        <v>731</v>
+      </c>
+      <c r="G188" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H188" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I188" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J188" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K188" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L188" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M188" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13">
+      <c r="A189" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C189" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D189" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E189" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="F189" s="10" t="s">
+        <v>733</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H189" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I189" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J189" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K189" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L189" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M189" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13">
+      <c r="A190" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>734</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>735</v>
+      </c>
+      <c r="G190" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H190" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I190" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K190" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L190" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M190" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13">
+      <c r="A191" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D191" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>736</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>737</v>
+      </c>
+      <c r="G191" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H191" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I191" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K191" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L191" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M191" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13">
+      <c r="A192" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E192" s="10" t="s">
+        <v>738</v>
+      </c>
+      <c r="F192" s="10" t="s">
+        <v>739</v>
+      </c>
+      <c r="G192" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H192" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I192" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J192" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K192" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L192" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M192" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13">
+      <c r="A193" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D193" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E193" s="10" t="s">
+        <v>740</v>
+      </c>
+      <c r="F193" s="10" t="s">
+        <v>741</v>
+      </c>
+      <c r="G193" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H193" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I193" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J193" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K193" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L193" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M193" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13">
+      <c r="A194" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E194" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="F194" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="G194" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H194" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I194" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J194" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K194" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L194" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M194" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13">
+      <c r="A195" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D195" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G195" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H195" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I195" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J195" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K195" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L195" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M195" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13">
+      <c r="A196" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="G196" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H196" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I196" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K196" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L196" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M196" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13">
+      <c r="A197" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D197" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E197" s="10" t="s">
+        <v>748</v>
+      </c>
+      <c r="F197" s="10" t="s">
+        <v>749</v>
+      </c>
+      <c r="G197" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H197" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I197" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J197" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K197" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L197" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M197" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13">
+      <c r="A198" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E198" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="F198" s="10" t="s">
+        <v>751</v>
+      </c>
+      <c r="G198" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H198" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I198" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J198" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K198" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L198" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M198" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13">
+      <c r="A199" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D199" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E199" s="10" t="s">
+        <v>752</v>
+      </c>
+      <c r="F199" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="G199" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H199" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I199" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J199" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K199" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L199" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M199" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13">
+      <c r="A200" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>755</v>
+      </c>
+      <c r="G200" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H200" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I200" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J200" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K200" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L200" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M200" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13">
+      <c r="A201" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D201" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>756</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="G201" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H201" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I201" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K201" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L201" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M201" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13">
+      <c r="A202" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E202" s="10" t="s">
+        <v>758</v>
+      </c>
+      <c r="F202" s="10" t="s">
+        <v>759</v>
+      </c>
+      <c r="G202" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H202" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I202" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J202" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K202" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L202" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M202" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13">
+      <c r="A203" s="9">
+        <v>46138.0</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D203" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E203" s="10" t="s">
+        <v>760</v>
+      </c>
+      <c r="F203" s="10" t="s">
+        <v>761</v>
+      </c>
+      <c r="G203" s="10" t="s">
+        <v>721</v>
+      </c>
+      <c r="H203" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I203" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J203" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K203" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L203" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M203" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13">
+      <c r="A204" s="9">
+        <v>46139.0</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E204" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="F204" s="10" t="s">
+        <v>763</v>
+      </c>
+      <c r="G204" s="10" t="s">
+        <v>764</v>
+      </c>
+      <c r="H204" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I204" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J204" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K204" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L204" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M204" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13">
+      <c r="A205" s="9">
+        <v>46141.0</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D205" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>765</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="G205" s="10" t="s">
+        <v>767</v>
+      </c>
+      <c r="H205" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I205" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J205" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K205" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L205" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M205" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13">
+      <c r="A206" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>771</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G206" s="10" t="s">
+        <v>773</v>
+      </c>
+      <c r="H206" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I206" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K206" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L206" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M206" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13">
+      <c r="A207" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B207" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C207" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E207" s="10" t="s">
+        <v>774</v>
+      </c>
+      <c r="F207" s="10" t="s">
+        <v>775</v>
+      </c>
+      <c r="G207" s="10" t="s">
+        <v>776</v>
+      </c>
+      <c r="H207" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I207" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J207" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K207" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L207" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M207" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13">
+      <c r="A208" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>778</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E208" s="10" t="s">
+        <v>779</v>
+      </c>
+      <c r="F208" s="10" t="s">
+        <v>780</v>
+      </c>
+      <c r="G208" s="10" t="s">
+        <v>781</v>
+      </c>
+      <c r="H208" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I208" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J208" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K208" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L208" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M208" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13">
+      <c r="A209" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B209" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C209" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E209" s="10" t="s">
+        <v>782</v>
+      </c>
+      <c r="F209" s="10" t="s">
+        <v>783</v>
+      </c>
+      <c r="G209" s="10" t="s">
+        <v>784</v>
+      </c>
+      <c r="H209" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I209" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J209" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K209" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L209" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M209" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13">
+      <c r="A210" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>785</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>786</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>787</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="G210" s="10" t="s">
+        <v>789</v>
+      </c>
+      <c r="H210" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I210" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J210" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K210" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L210" s="10" t="s">
+        <v>790</v>
+      </c>
+      <c r="M210" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13">
+      <c r="A211" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>791</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>792</v>
+      </c>
+      <c r="G211" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="H211" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I211" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J211" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K211" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L211" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M211" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13">
+      <c r="A212" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E212" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F212" s="10" t="s">
+        <v>794</v>
+      </c>
+      <c r="G212" s="10" t="s">
+        <v>795</v>
+      </c>
+      <c r="H212" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I212" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J212" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K212" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L212" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M212" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13">
+      <c r="A213" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C213" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E213" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F213" s="10" t="s">
+        <v>798</v>
+      </c>
+      <c r="G213" s="10" t="s">
+        <v>799</v>
+      </c>
+      <c r="H213" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I213" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J213" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K213" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L213" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M213" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13">
+      <c r="A214" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E214" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F214" s="10" t="s">
+        <v>800</v>
+      </c>
+      <c r="G214" s="10" t="s">
+        <v>801</v>
+      </c>
+      <c r="H214" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I214" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J214" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K214" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L214" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M214" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13">
+      <c r="A215" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C215" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="G215" s="10" t="s">
+        <v>803</v>
+      </c>
+      <c r="H215" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I215" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J215" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K215" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L215" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M215" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13">
+      <c r="A216" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>804</v>
+      </c>
+      <c r="G216" s="10" t="s">
+        <v>805</v>
+      </c>
+      <c r="H216" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I216" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J216" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K216" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L216" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M216" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13">
+      <c r="A217" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E217" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F217" s="10" t="s">
+        <v>806</v>
+      </c>
+      <c r="G217" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="H217" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I217" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J217" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K217" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L217" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M217" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13">
+      <c r="A218" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E218" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F218" s="10" t="s">
+        <v>808</v>
+      </c>
+      <c r="G218" s="10" t="s">
+        <v>809</v>
+      </c>
+      <c r="H218" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I218" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J218" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K218" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L218" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M218" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13">
+      <c r="A219" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C219" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D219" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>810</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>811</v>
+      </c>
+      <c r="G219" s="10" t="s">
+        <v>812</v>
+      </c>
+      <c r="H219" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I219" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J219" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K219" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L219" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M219" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13">
+      <c r="A220" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D220" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E220" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F220" s="10" t="s">
+        <v>813</v>
+      </c>
+      <c r="G220" s="10" t="s">
+        <v>814</v>
+      </c>
+      <c r="H220" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I220" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J220" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K220" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L220" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M220" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13">
+      <c r="A221" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C221" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D221" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>815</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>816</v>
+      </c>
+      <c r="G221" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="H221" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I221" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J221" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K221" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L221" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M221" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13">
+      <c r="A222" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E222" s="10" t="s">
+        <v>820</v>
+      </c>
+      <c r="F222" s="10" t="s">
+        <v>821</v>
+      </c>
+      <c r="G222" s="10" t="s">
+        <v>822</v>
+      </c>
+      <c r="H222" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I222" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J222" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K222" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L222" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M222" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13">
+      <c r="A223" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B223" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C223" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D223" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E223" s="10" t="s">
+        <v>823</v>
+      </c>
+      <c r="F223" s="10" t="s">
+        <v>824</v>
+      </c>
+      <c r="G223" s="10" t="s">
+        <v>825</v>
+      </c>
+      <c r="H223" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I223" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J223" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K223" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L223" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M223" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13">
+      <c r="A224" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B224" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="D224" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>826</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>827</v>
+      </c>
+      <c r="G224" s="10" t="s">
+        <v>828</v>
+      </c>
+      <c r="H224" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I224" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J224" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K224" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L224" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="M224" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13">
+      <c r="A225" s="9">
+        <v>46142.0</v>
+      </c>
+      <c r="B225" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C225" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D225" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E225" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="F225" s="10" t="s">
+        <v>830</v>
+      </c>
+      <c r="G225" s="10" t="s">
+        <v>831</v>
+      </c>
+      <c r="H225" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I225" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J225" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K225" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L225" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M225" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13">
+      <c r="A226" s="9">
+        <v>46143.0</v>
+      </c>
+      <c r="B226" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>834</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>835</v>
+      </c>
+      <c r="G226" s="10" t="s">
+        <v>836</v>
+      </c>
+      <c r="H226" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I226" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J226" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K226" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L226" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="M226" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13">
+      <c r="A227" s="9">
+        <v>46143.0</v>
+      </c>
+      <c r="B227" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C227" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D227" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E227" s="10" t="s">
+        <v>838</v>
+      </c>
+      <c r="F227" s="10" t="s">
+        <v>839</v>
+      </c>
+      <c r="G227" s="10" t="s">
+        <v>840</v>
+      </c>
+      <c r="H227" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I227" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J227" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K227" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L227" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M227" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13">
+      <c r="A228" s="9">
+        <v>46144.0</v>
+      </c>
+      <c r="B228" s="10" t="s">
+        <v>841</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>842</v>
+      </c>
+      <c r="D228" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E228" s="10" t="s">
+        <v>843</v>
+      </c>
+      <c r="F228" s="10" t="s">
+        <v>844</v>
+      </c>
+      <c r="G228" s="10" t="s">
+        <v>845</v>
+      </c>
+      <c r="H228" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I228" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J228" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K228" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L228" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M228" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13">
+      <c r="A229" s="9">
+        <v>46146.0</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>630</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D229" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>846</v>
+      </c>
+      <c r="G229" s="10" t="s">
+        <v>847</v>
+      </c>
+      <c r="H229" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I229" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J229" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K229" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L229" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M229" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13">
+      <c r="A230" s="9">
+        <v>46146.0</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D230" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E230" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="F230" s="10" t="s">
+        <v>849</v>
+      </c>
+      <c r="G230" s="10" t="s">
+        <v>850</v>
+      </c>
+      <c r="H230" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I230" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J230" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K230" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L230" s="10" t="s">
+        <v>851</v>
+      </c>
+      <c r="M230" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13">
+      <c r="A231" s="9">
+        <v>46146.0</v>
+      </c>
+      <c r="B231" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="C231" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="D231" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>852</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>853</v>
+      </c>
+      <c r="G231" s="10" t="s">
+        <v>854</v>
+      </c>
+      <c r="H231" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I231" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J231" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K231" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L231" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M231" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13">
+      <c r="A232" s="9">
+        <v>46147.0</v>
+      </c>
+      <c r="B232" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D232" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E232" s="10" t="s">
+        <v>855</v>
+      </c>
+      <c r="F232" s="10" t="s">
+        <v>856</v>
+      </c>
+      <c r="G232" s="10" t="s">
+        <v>857</v>
+      </c>
+      <c r="H232" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I232" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J232" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K232" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L232" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M232" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13">
+      <c r="A233" s="9">
+        <v>46150.0</v>
+      </c>
+      <c r="B233" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C233" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D233" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E233" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F233" s="10" t="s">
+        <v>858</v>
+      </c>
+      <c r="G233" s="10" t="s">
+        <v>859</v>
+      </c>
+      <c r="H233" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I233" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J233" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K233" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L233" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M233" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13">
+      <c r="A234" s="9">
+        <v>46151.0</v>
+      </c>
+      <c r="B234" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D234" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>860</v>
+      </c>
+      <c r="G234" s="10" t="s">
+        <v>861</v>
+      </c>
+      <c r="H234" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I234" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J234" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K234" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L234" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="M234" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13">
+      <c r="A235" s="9">
+        <v>46153.0</v>
+      </c>
+      <c r="B235" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="C235" s="10" t="s">
+        <v>864</v>
+      </c>
+      <c r="D235" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E235" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F235" s="10" t="s">
+        <v>865</v>
+      </c>
+      <c r="G235" s="10" t="s">
+        <v>866</v>
+      </c>
+      <c r="H235" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I235" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J235" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K235" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L235" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M235" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13">
+      <c r="A236" s="9">
+        <v>46153.0</v>
+      </c>
+      <c r="B236" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>868</v>
+      </c>
+      <c r="G236" s="10" t="s">
+        <v>869</v>
+      </c>
+      <c r="H236" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I236" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J236" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K236" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L236" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M236" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13">
+      <c r="A237" s="9">
+        <v>46153.0</v>
+      </c>
+      <c r="B237" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C237" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D237" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E237" s="10" t="s">
+        <v>870</v>
+      </c>
+      <c r="F237" s="10" t="s">
+        <v>871</v>
+      </c>
+      <c r="G237" s="10" t="s">
+        <v>872</v>
+      </c>
+      <c r="H237" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I237" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J237" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K237" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L237" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M237" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13">
+      <c r="A238" s="9">
+        <v>46155.0</v>
+      </c>
+      <c r="B238" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E238" s="10" t="s">
+        <v>873</v>
+      </c>
+      <c r="F238" s="10" t="s">
+        <v>874</v>
+      </c>
+      <c r="G238" s="10" t="s">
+        <v>875</v>
+      </c>
+      <c r="H238" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I238" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J238" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K238" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L238" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M238" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13">
+      <c r="A239" s="9">
+        <v>46156.0</v>
+      </c>
+      <c r="B239" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="C239" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>876</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="G239" s="10" t="s">
+        <v>878</v>
+      </c>
+      <c r="H239" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I239" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J239" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K239" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L239" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M239" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13">
+      <c r="A240" s="9">
+        <v>46156.0</v>
+      </c>
+      <c r="B240" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C240" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D240" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E240" s="10" t="s">
+        <v>879</v>
+      </c>
+      <c r="F240" s="10" t="s">
+        <v>880</v>
+      </c>
+      <c r="G240" s="10" t="s">
+        <v>881</v>
+      </c>
+      <c r="H240" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I240" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J240" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K240" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L240" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M240" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13">
+      <c r="A241" s="9">
+        <v>46157.0</v>
+      </c>
+      <c r="B241" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C241" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D241" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>883</v>
+      </c>
+      <c r="G241" s="10" t="s">
+        <v>884</v>
+      </c>
+      <c r="H241" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I241" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J241" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K241" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L241" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M241" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13">
+      <c r="A242" s="9">
+        <v>46158.0</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="E242" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F242" s="10" t="s">
+        <v>887</v>
+      </c>
+      <c r="G242" s="10" t="s">
+        <v>888</v>
+      </c>
+      <c r="H242" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I242" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J242" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K242" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L242" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M242" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13">
+      <c r="A243" s="9">
+        <v>46160.0</v>
+      </c>
+      <c r="B243" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C243" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E243" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="F243" s="10" t="s">
+        <v>893</v>
+      </c>
+      <c r="G243" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="H243" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I243" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J243" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K243" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L243" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M243" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13">
+      <c r="A244" s="9">
+        <v>46162.0</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D244" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>895</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>896</v>
+      </c>
+      <c r="H244" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I244" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K244" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L244" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M244" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13">
+      <c r="A245" s="9">
+        <v>46163.0</v>
+      </c>
+      <c r="B245" s="10" t="s">
+        <v>897</v>
+      </c>
+      <c r="C245" s="10" t="s">
+        <v>898</v>
+      </c>
+      <c r="D245" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E245" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F245" s="10" t="s">
+        <v>899</v>
+      </c>
+      <c r="G245" s="10" t="s">
+        <v>900</v>
+      </c>
+      <c r="H245" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I245" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J245" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K245" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L245" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M245" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13">
+      <c r="A246" s="9">
+        <v>46163.0</v>
+      </c>
+      <c r="B246" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="C246" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="D246" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>901</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>902</v>
+      </c>
+      <c r="G246" s="10" t="s">
+        <v>903</v>
+      </c>
+      <c r="H246" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I246" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J246" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K246" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L246" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="M246" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13">
+      <c r="A247" s="9">
+        <v>46163.0</v>
+      </c>
+      <c r="B247" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C247" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D247" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E247" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="F247" s="10" t="s">
+        <v>905</v>
+      </c>
+      <c r="G247" s="10" t="s">
+        <v>906</v>
+      </c>
+      <c r="H247" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I247" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J247" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K247" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L247" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M247" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13">
+      <c r="A248" s="9">
+        <v>46164.0</v>
+      </c>
+      <c r="B248" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D248" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>908</v>
+      </c>
+      <c r="G248" s="10" t="s">
+        <v>909</v>
+      </c>
+      <c r="H248" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I248" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J248" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K248" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L248" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="M248" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13">
+      <c r="A249" s="9">
+        <v>46165.0</v>
+      </c>
+      <c r="B249" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="K20" s="4" t="s">
+      <c r="C249" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="L20" s="4" t="s">
+      <c r="D249" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E249" s="10" t="s">
+        <v>910</v>
+      </c>
+      <c r="F249" s="10" t="s">
+        <v>911</v>
+      </c>
+      <c r="G249" s="10" t="s">
+        <v>912</v>
+      </c>
+      <c r="H249" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I249" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J249" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K249" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L249" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M249" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13">
+      <c r="A250" s="9">
+        <v>46165.0</v>
+      </c>
+      <c r="B250" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D250" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="E250" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="F250" s="10" t="s">
+        <v>913</v>
+      </c>
+      <c r="G250" s="10" t="s">
+        <v>914</v>
+      </c>
+      <c r="H250" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I250" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J250" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K250" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L250" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M250" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13">
+      <c r="A251" s="9">
+        <v>46166.0</v>
+      </c>
+      <c r="B251" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C251" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D251" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="G251" s="10" t="s">
+        <v>916</v>
+      </c>
+      <c r="H251" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I251" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J251" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K251" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L251" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M251" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13">
+      <c r="A252" s="9">
+        <v>46167.0</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C252" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D252" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>917</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>918</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>919</v>
+      </c>
+      <c r="H252" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I252" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K252" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L252" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M252" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13">
+      <c r="A253" s="9">
+        <v>46168.0</v>
+      </c>
+      <c r="B253" s="10" t="s">
+        <v>920</v>
+      </c>
+      <c r="C253" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="D253" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E253" s="10" t="s">
+        <v>774</v>
+      </c>
+      <c r="F253" s="10" t="s">
+        <v>922</v>
+      </c>
+      <c r="G253" s="10" t="s">
+        <v>923</v>
+      </c>
+      <c r="H253" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I253" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J253" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K253" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L253" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M253" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13">
+      <c r="A254" s="9">
+        <v>46168.0</v>
+      </c>
+      <c r="B254" s="10" t="s">
+        <v>924</v>
+      </c>
+      <c r="C254" s="10" t="s">
+        <v>925</v>
+      </c>
+      <c r="D254" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E254" s="10" t="s">
+        <v>926</v>
+      </c>
+      <c r="F254" s="10" t="s">
+        <v>927</v>
+      </c>
+      <c r="G254" s="10" t="s">
+        <v>928</v>
+      </c>
+      <c r="H254" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I254" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J254" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K254" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L254" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M254" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13">
+      <c r="A255" s="9">
+        <v>46170.0</v>
+      </c>
+      <c r="B255" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C255" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D255" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E255" s="10" t="s">
+        <v>929</v>
+      </c>
+      <c r="F255" s="10" t="s">
+        <v>930</v>
+      </c>
+      <c r="G255" s="10" t="s">
+        <v>931</v>
+      </c>
+      <c r="H255" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I255" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J255" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K255" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L255" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M255" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13">
+      <c r="A256" s="9">
+        <v>46171.0</v>
+      </c>
+      <c r="B256" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C256" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D256" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>932</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>933</v>
+      </c>
+      <c r="G256" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="H256" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I256" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K256" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L256" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M256" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13">
+      <c r="A257" s="9">
+        <v>46171.0</v>
+      </c>
+      <c r="B257" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C257" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D257" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E257" s="10" t="s">
+        <v>932</v>
+      </c>
+      <c r="F257" s="10" t="s">
+        <v>935</v>
+      </c>
+      <c r="G257" s="10" t="s">
+        <v>936</v>
+      </c>
+      <c r="H257" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I257" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J257" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K257" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L257" s="10" t="s">
+        <v>937</v>
+      </c>
+      <c r="M257" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13">
+      <c r="A258" s="9">
+        <v>46171.0</v>
+      </c>
+      <c r="B258" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C258" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D258" s="10" t="s">
+        <v>938</v>
+      </c>
+      <c r="E258" s="10" t="s">
+        <v>939</v>
+      </c>
+      <c r="F258" s="10" t="s">
+        <v>940</v>
+      </c>
+      <c r="G258" s="10" t="s">
+        <v>941</v>
+      </c>
+      <c r="H258" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I258" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J258" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K258" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L258" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M258" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13">
+      <c r="A259" s="9">
+        <v>46172.0</v>
+      </c>
+      <c r="B259" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C259" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D259" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E259" s="10" t="s">
+        <v>942</v>
+      </c>
+      <c r="F259" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="G259" s="10" t="s">
+        <v>944</v>
+      </c>
+      <c r="H259" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I259" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J259" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K259" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L259" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M259" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13">
+      <c r="A260" s="9">
+        <v>46172.0</v>
+      </c>
+      <c r="B260" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C260" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D260" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>945</v>
+      </c>
+      <c r="G260" s="10" t="s">
+        <v>946</v>
+      </c>
+      <c r="H260" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I260" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J260" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K260" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L260" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M260" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13">
+      <c r="A261" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B261" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C261" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D261" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E261" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="F261" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="G261" s="10" t="s">
+        <v>949</v>
+      </c>
+      <c r="H261" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I261" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J261" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K261" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L261" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M261" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13">
+      <c r="A262" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B262" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="C262" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D262" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E262" s="10" t="s">
+        <v>950</v>
+      </c>
+      <c r="F262" s="10" t="s">
+        <v>951</v>
+      </c>
+      <c r="G262" s="10" t="s">
+        <v>952</v>
+      </c>
+      <c r="H262" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I262" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J262" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K262" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L262" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M262" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13">
+      <c r="A263" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B263" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="C263" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D263" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E263" s="10" t="s">
+        <v>955</v>
+      </c>
+      <c r="F263" s="10" t="s">
+        <v>956</v>
+      </c>
+      <c r="G263" s="10" t="s">
+        <v>957</v>
+      </c>
+      <c r="H263" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I263" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J263" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K263" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L263" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M263" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13">
+      <c r="A264" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B264" s="10" t="s">
+        <v>958</v>
+      </c>
+      <c r="C264" s="10" t="s">
+        <v>959</v>
+      </c>
+      <c r="D264" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E264" s="10" t="s">
+        <v>960</v>
+      </c>
+      <c r="F264" s="10" t="s">
+        <v>961</v>
+      </c>
+      <c r="G264" s="10" t="s">
+        <v>962</v>
+      </c>
+      <c r="H264" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I264" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J264" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K264" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L264" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M264" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13">
+      <c r="A265" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B265" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C265" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D265" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>534</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>964</v>
+      </c>
+      <c r="G265" s="10" t="s">
+        <v>965</v>
+      </c>
+      <c r="H265" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I265" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J265" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K265" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L265" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M265" s="11" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13">
+      <c r="A266" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B266" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C266" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="D266" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E266" s="10" t="s">
+        <v>678</v>
+      </c>
+      <c r="F266" s="10" t="s">
+        <v>967</v>
+      </c>
+      <c r="G266" s="10" t="s">
+        <v>968</v>
+      </c>
+      <c r="H266" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I266" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J266" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K266" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L266" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M266" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13">
+      <c r="A267" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B267" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C267" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D267" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E267" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F267" s="10" t="s">
+        <v>969</v>
+      </c>
+      <c r="G267" s="10" t="s">
+        <v>970</v>
+      </c>
+      <c r="H267" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I267" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J267" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K267" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L267" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M267" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13">
+      <c r="A268" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B268" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="C268" s="10" t="s">
+        <v>972</v>
+      </c>
+      <c r="D268" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E268" s="10" t="s">
+        <v>973</v>
+      </c>
+      <c r="F268" s="10" t="s">
+        <v>974</v>
+      </c>
+      <c r="G268" s="10" t="s">
+        <v>975</v>
+      </c>
+      <c r="H268" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I268" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J268" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K268" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L268" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M268" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13">
+      <c r="A269" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B269" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C269" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D269" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E269" s="10" t="s">
+        <v>976</v>
+      </c>
+      <c r="F269" s="10" t="s">
+        <v>977</v>
+      </c>
+      <c r="G269" s="10" t="s">
+        <v>978</v>
+      </c>
+      <c r="H269" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I269" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J269" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K269" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L269" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M269" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13">
+      <c r="A270" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B270" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C270" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="D270" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>983</v>
+      </c>
+      <c r="H270" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I270" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J270" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K270" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L270" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M270" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13">
+      <c r="A271" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B271" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C271" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D271" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E271" s="10" t="s">
+        <v>984</v>
+      </c>
+      <c r="F271" s="10" t="s">
+        <v>985</v>
+      </c>
+      <c r="G271" s="10" t="s">
+        <v>986</v>
+      </c>
+      <c r="H271" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I271" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J271" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K271" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L271" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M271" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13">
+      <c r="A272" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B272" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C272" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E272" s="10" t="s">
+        <v>988</v>
+      </c>
+      <c r="F272" s="10" t="s">
+        <v>989</v>
+      </c>
+      <c r="G272" s="10" t="s">
+        <v>990</v>
+      </c>
+      <c r="H272" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I272" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J272" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K272" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L272" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M272" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13">
+      <c r="A273" s="9">
+        <v>46173.0</v>
+      </c>
+      <c r="B273" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="C273" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="D273" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E273" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="F273" s="10" t="s">
+        <v>994</v>
+      </c>
+      <c r="G273" s="10" t="s">
+        <v>995</v>
+      </c>
+      <c r="H273" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I273" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J273" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K273" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L273" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M273" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13">
+      <c r="A274" s="9">
+        <v>46174.0</v>
+      </c>
+      <c r="B274" s="10" t="s">
+        <v>920</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E274" s="10" t="s">
+        <v>996</v>
+      </c>
+      <c r="F274" s="10" t="s">
+        <v>997</v>
+      </c>
+      <c r="G274" s="10" t="s">
+        <v>998</v>
+      </c>
+      <c r="H274" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I274" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J274" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K274" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L274" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="M274" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13">
+      <c r="A275" s="9">
+        <v>46174.0</v>
+      </c>
+      <c r="B275" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="C275" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D275" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E275" s="10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G275" s="10" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H275" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I275" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J275" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K275" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L275" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M275" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13">
+      <c r="A276" s="9">
+        <v>46174.0</v>
+      </c>
+      <c r="B276" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D276" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E276" s="10" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F276" s="10" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G276" s="10" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H276" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I276" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J276" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K276" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L276" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M276" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13">
+      <c r="A277" s="9">
+        <v>46174.0</v>
+      </c>
+      <c r="B277" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C277" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D277" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E277" s="10" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F277" s="10" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G277" s="10" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H277" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I277" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J277" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K277" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L277" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M277" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13">
+      <c r="A278" s="9">
+        <v>46174.0</v>
+      </c>
+      <c r="B278" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D278" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E278" s="10" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F278" s="10" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G278" s="10" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H278" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I278" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J278" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K278" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L278" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M278" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13">
+      <c r="A279" s="9">
+        <v>46176.0</v>
+      </c>
+      <c r="B279" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C279" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D279" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E279" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F279" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G279" s="10" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H279" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I279" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J279" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K279" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L279" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M279" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13">
+      <c r="A280" s="9">
+        <v>46177.0</v>
+      </c>
+      <c r="B280" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C280" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D280" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G280" s="10" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H280" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I280" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J280" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K280" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L280" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M280" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13">
+      <c r="A281" s="9">
+        <v>46178.0</v>
+      </c>
+      <c r="B281" s="10" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C281" s="10" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D281" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E281" s="10" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F281" s="10" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G281" s="10" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H281" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I281" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J281" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K281" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L281" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M281" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13">
+      <c r="A282" s="9">
+        <v>46178.0</v>
+      </c>
+      <c r="B282" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D282" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E282" s="10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F282" s="10" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G282" s="10" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H282" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I282" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J282" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K282" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L282" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M282" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13">
+      <c r="A283" s="9">
+        <v>46179.0</v>
+      </c>
+      <c r="B283" s="10" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C283" s="10" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D283" s="10" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E283" s="10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F283" s="10" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G283" s="10" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H283" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I283" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J283" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K283" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L283" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M283" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13">
+      <c r="A284" s="9">
+        <v>46180.0</v>
+      </c>
+      <c r="B284" s="10" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D284" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E284" s="10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F284" s="10" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G284" s="10" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H284" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I284" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J284" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K284" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L284" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M284" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13">
+      <c r="A285" s="9">
+        <v>46181.0</v>
+      </c>
+      <c r="B285" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C285" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D285" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G285" s="10" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H285" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I285" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J285" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K285" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L285" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M285" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13">
+      <c r="A286" s="9">
+        <v>46184.0</v>
+      </c>
+      <c r="B286" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C286" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D286" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E286" s="10" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F286" s="10" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G286" s="10" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H286" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I286" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J286" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K286" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L286" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M286" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13">
+      <c r="A287" s="9">
+        <v>46185.0</v>
+      </c>
+      <c r="B287" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C287" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D287" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E287" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="F287" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G287" s="10" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H287" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I287" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J287" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K287" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L287" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M287" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13">
+      <c r="A288" s="9">
+        <v>46187.0</v>
+      </c>
+      <c r="B288" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C288" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D288" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E288" s="10" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F288" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G288" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H288" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I288" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J288" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K288" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L288" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M288" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13">
+      <c r="A289" s="9">
+        <v>46188.0</v>
+      </c>
+      <c r="B289" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C289" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D289" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E289" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F289" s="10" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G289" s="10" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H289" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I289" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J289" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K289" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L289" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M289" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13">
+      <c r="A290" s="9">
+        <v>46188.0</v>
+      </c>
+      <c r="B290" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D290" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G290" s="10" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H290" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I290" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J290" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K290" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L290" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M290" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13">
+      <c r="A291" s="9">
+        <v>46188.0</v>
+      </c>
+      <c r="B291" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C291" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D291" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E291" s="10" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F291" s="10" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G291" s="10" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H291" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I291" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J291" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K291" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L291" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M291" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13">
+      <c r="A292" s="9">
+        <v>46188.0</v>
+      </c>
+      <c r="B292" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D292" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E292" s="10" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F292" s="10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G292" s="10" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H292" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I292" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J292" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K292" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L292" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M292" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13">
+      <c r="A293" s="9">
+        <v>46189.0</v>
+      </c>
+      <c r="B293" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C293" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D293" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E293" s="10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F293" s="10" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G293" s="10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H293" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I293" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J293" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K293" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L293" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M293" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13">
+      <c r="A294" s="9">
+        <v>46190.0</v>
+      </c>
+      <c r="B294" s="10" t="s">
+        <v>958</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D294" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E294" s="10" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F294" s="10" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G294" s="10" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H294" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I294" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J294" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K294" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L294" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M294" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13">
+      <c r="A295" s="9">
+        <v>46192.0</v>
+      </c>
+      <c r="B295" s="10" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C295" s="10" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D295" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G295" s="10" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H295" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I295" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J295" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K295" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L295" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M295" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13">
+      <c r="A296" s="9">
+        <v>46192.0</v>
+      </c>
+      <c r="B296" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="D296" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E296" s="10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F296" s="10" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G296" s="10" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H296" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I296" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J296" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K296" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L296" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="M20" s="5" t="s">
+      <c r="M296" s="11" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="21" spans="1:13" ht="33.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B21" s="4" t="s">
+    <row r="297" spans="1:13">
+      <c r="A297" s="9">
+        <v>46193.0</v>
+      </c>
+      <c r="B297" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C297" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D297" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="C21" s="4" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="4" t="s">
+      <c r="E297" s="10" t="s">
+        <v>520</v>
+      </c>
+      <c r="F297" s="10" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G297" s="10" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H297" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I297" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J297" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K297" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L297" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M297" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13">
+      <c r="A298" s="9">
+        <v>46194.0</v>
+      </c>
+      <c r="B298" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C298" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D298" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E298" s="10" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F298" s="10" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G298" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H298" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I298" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J298" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K298" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L298" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="M298" s="11" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13">
+      <c r="A299" s="9">
+        <v>46194.0</v>
+      </c>
+      <c r="B299" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C299" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D299" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E299" s="10" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F299" s="10" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G299" s="10" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H299" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I299" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J299" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="G21" s="4" t="s">
+      <c r="K299" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="H21" s="4" t="s">
+      <c r="L299" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M299" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13">
+      <c r="A300" s="9">
+        <v>46195.0</v>
+      </c>
+      <c r="B300" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D300" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G300" s="10" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H300" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="I21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="J21" s="4" t="s">
+      <c r="I300" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J300" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K300" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L300" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M300" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13">
+      <c r="A301" s="9">
+        <v>46195.0</v>
+      </c>
+      <c r="B301" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C301" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D301" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E301" s="10" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F301" s="10" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G301" s="10" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H301" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I301" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J301" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K301" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L301" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M301" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13">
+      <c r="A302" s="9">
+        <v>46196.0</v>
+      </c>
+      <c r="B302" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D302" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E302" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F302" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="G302" s="10" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H302" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I302" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J302" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K302" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L302" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M302" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13">
+      <c r="A303" s="9">
+        <v>46196.0</v>
+      </c>
+      <c r="B303" s="10" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C303" s="10" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D303" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E303" s="10" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F303" s="10" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G303" s="10" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H303" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I303" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J303" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K303" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L303" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M303" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13">
+      <c r="A304" s="9">
+        <v>46197.0</v>
+      </c>
+      <c r="B304" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C304" s="10" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D304" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E304" s="10" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F304" s="10" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G304" s="10" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H304" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I304" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J304" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K304" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L304" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M304" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13">
+      <c r="A305" s="9">
+        <v>46198.0</v>
+      </c>
+      <c r="B305" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C305" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D305" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G305" s="10" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H305" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I305" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J305" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K305" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L305" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M305" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13">
+      <c r="A306" s="9">
+        <v>46199.0</v>
+      </c>
+      <c r="B306" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C306" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D306" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E306" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F306" s="10" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G306" s="10" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H306" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I306" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J306" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K306" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L306" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M306" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13">
+      <c r="A307" s="9">
+        <v>46201.0</v>
+      </c>
+      <c r="B307" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C307" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D307" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E307" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F307" s="10" t="s">
+        <v>1103</v>
+      </c>
+      <c r="G307" s="10" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H307" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I307" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J307" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K307" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L307" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M307" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13">
+      <c r="A308" s="9">
+        <v>46202.0</v>
+      </c>
+      <c r="B308" s="10" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C308" s="10" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D308" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E308" s="10" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F308" s="10" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G308" s="10" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H308" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I308" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J308" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K308" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L308" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M308" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13">
+      <c r="A309" s="9">
+        <v>46202.0</v>
+      </c>
+      <c r="B309" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C309" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D309" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E309" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F309" s="10" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G309" s="10" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H309" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I309" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J309" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K309" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L309" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M309" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13">
+      <c r="A310" s="9">
+        <v>46202.0</v>
+      </c>
+      <c r="B310" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C310" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D310" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G310" s="10" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H310" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I310" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J310" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K310" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L310" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M310" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13">
+      <c r="A311" s="9">
+        <v>46202.0</v>
+      </c>
+      <c r="B311" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C311" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D311" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E311" s="10" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F311" s="10" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G311" s="10" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H311" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I311" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J311" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K311" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L311" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M311" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13">
+      <c r="A312" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B312" s="10" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C312" s="10" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D312" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E312" s="10" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F312" s="10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G312" s="10" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H312" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I312" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J312" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K312" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L312" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M312" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13">
+      <c r="A313" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B313" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="C313" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="D313" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E313" s="10" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F313" s="10" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G313" s="10" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H313" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I313" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J313" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K313" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L313" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M313" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13">
+      <c r="A314" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B314" s="10" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C314" s="10" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D314" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E314" s="10" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F314" s="10" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G314" s="10" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H314" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I314" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J314" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K314" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L314" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M314" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13">
+      <c r="A315" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B315" s="10" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C315" s="10" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D315" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G315" s="10" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H315" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I315" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J315" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K315" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L315" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M315" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13">
+      <c r="A316" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B316" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C316" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D316" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E316" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="F316" s="10" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G316" s="10" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H316" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I316" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J316" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K316" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L316" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M316" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13">
+      <c r="A317" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B317" s="10" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C317" s="10" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D317" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E317" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F317" s="10" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G317" s="10" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H317" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I317" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J317" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K317" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L317" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="M317" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13">
+      <c r="A318" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B318" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C318" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D318" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E318" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="F318" s="10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G318" s="10" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H318" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I318" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J318" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K318" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L318" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M318" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13">
+      <c r="A319" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B319" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C319" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D319" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E319" s="10" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F319" s="10" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G319" s="10" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H319" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I319" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J319" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K319" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L319" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M319" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13">
+      <c r="A320" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B320" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C320" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D320" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G320" s="10" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H320" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I320" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J320" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K320" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L320" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M320" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13">
+      <c r="A321" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B321" s="10" t="s">
+        <v>958</v>
+      </c>
+      <c r="C321" s="10" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D321" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E321" s="10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F321" s="10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G321" s="10" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H321" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I321" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J321" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K321" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L321" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M321" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13">
+      <c r="A322" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B322" s="10" t="s">
+        <v>785</v>
+      </c>
+      <c r="C322" s="10" t="s">
+        <v>786</v>
+      </c>
+      <c r="D322" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E322" s="10" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F322" s="10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G322" s="10" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H322" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I322" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J322" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K322" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L322" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M322" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13">
+      <c r="A323" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B323" s="10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C323" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D323" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E323" s="10" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F323" s="10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G323" s="10" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H323" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I323" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J323" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K323" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L323" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M323" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13">
+      <c r="A324" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B324" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C324" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D324" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E324" s="10" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F324" s="10" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G324" s="10" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H324" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I324" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J324" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K324" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L324" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M324" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13">
+      <c r="A325" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B325" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C325" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D325" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G325" s="10" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H325" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I325" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J325" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K325" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L325" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M325" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13">
+      <c r="A326" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B326" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C326" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D326" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E326" s="10" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F326" s="10" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G326" s="10" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H326" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I326" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J326" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K326" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L326" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M326" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13">
+      <c r="A327" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B327" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C327" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D327" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E327" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F327" s="10" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G327" s="10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H327" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I327" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J327" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K327" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L327" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M327" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13">
+      <c r="A328" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B328" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C328" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D328" s="10" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E328" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="F328" s="10" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G328" s="10" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H328" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I328" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J328" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K328" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L328" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M328" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13">
+      <c r="A329" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B329" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C329" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D329" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E329" s="10" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F329" s="10" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G329" s="10" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H329" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I329" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J329" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K329" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L329" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="M329" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13">
+      <c r="A330" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B330" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C330" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D330" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G330" s="10" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H330" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I330" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J330" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K330" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L330" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M330" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13">
+      <c r="A331" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B331" s="10" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C331" s="10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D331" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E331" s="10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F331" s="10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G331" s="10" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H331" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I331" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J331" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K331" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L331" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M331" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13">
+      <c r="A332" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B332" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C332" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D332" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E332" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F332" s="10" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G332" s="10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H332" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I332" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J332" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K332" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L332" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M332" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13">
+      <c r="A333" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B333" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C333" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="D333" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E333" s="10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F333" s="10" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G333" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H333" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I333" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J333" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K333" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L333" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M333" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13">
+      <c r="A334" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B334" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="C334" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="D334" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E334" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F334" s="10" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G334" s="10" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H334" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I334" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J334" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K334" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L334" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M334" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13">
+      <c r="A335" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B335" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C335" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D335" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E335" s="10" t="s">
+        <v>469</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G335" s="10" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H335" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I335" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J335" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K335" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L335" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M335" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13">
+      <c r="A336" s="9">
+        <v>46203.0</v>
+      </c>
+      <c r="B336" s="10" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C336" s="10" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D336" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E336" s="10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F336" s="10" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G336" s="10" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H336" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I336" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J336" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K336" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L336" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M336" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13">
+      <c r="A337" s="9">
+        <v>46204.0</v>
+      </c>
+      <c r="B337" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C337" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D337" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E337" s="10" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F337" s="10" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G337" s="10" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H337" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I337" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J337" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K337" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L337" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M337" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13">
+      <c r="A338" s="9">
+        <v>46208.0</v>
+      </c>
+      <c r="B338" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C338" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D338" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E338" s="10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F338" s="10" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G338" s="10" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H338" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I338" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J338" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K338" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L338" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M338" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13">
+      <c r="A339" s="9">
+        <v>46210.0</v>
+      </c>
+      <c r="B339" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C339" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D339" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E339" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F339" s="10" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G339" s="10" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H339" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I339" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J339" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K339" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L339" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M339" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13">
+      <c r="A340" s="9">
+        <v>46210.0</v>
+      </c>
+      <c r="B340" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C340" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D340" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G340" s="10" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H340" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I340" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J340" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K340" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L340" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M340" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13">
+      <c r="A341" s="9">
+        <v>46214.0</v>
+      </c>
+      <c r="B341" s="10" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C341" s="10" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D341" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E341" s="10" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F341" s="10" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G341" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H341" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I341" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J341" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K341" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L341" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M341" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13">
+      <c r="A342" s="9">
+        <v>46217.0</v>
+      </c>
+      <c r="B342" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C342" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D342" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E342" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F342" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G342" s="10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H342" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I342" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J342" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K342" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L342" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M342" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13">
+      <c r="A343" s="9">
+        <v>46217.0</v>
+      </c>
+      <c r="B343" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C343" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D343" s="10" t="s">
+        <v>542</v>
+      </c>
+      <c r="E343" s="10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F343" s="10" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G343" s="10" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H343" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I343" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J343" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K343" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L343" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M343" s="11" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13">
+      <c r="A344" s="9">
+        <v>46217.0</v>
+      </c>
+      <c r="B344" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C344" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D344" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E344" s="10" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G344" s="10" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H344" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I344" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J344" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K344" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L344" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M344" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13">
+      <c r="A345" s="9">
+        <v>46218.0</v>
+      </c>
+      <c r="B345" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C345" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D345" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G345" s="10" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H345" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I345" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J345" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K345" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L345" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M345" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13">
+      <c r="A346" s="9">
+        <v>46218.0</v>
+      </c>
+      <c r="B346" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C346" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D346" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E346" s="10" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G346" s="10" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H346" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I346" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J346" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K346" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L346" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M346" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13">
+      <c r="A347" s="9">
+        <v>46218.0</v>
+      </c>
+      <c r="B347" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C347" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D347" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E347" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F347" s="10" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G347" s="10" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H347" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I347" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J347" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K347" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L347" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M347" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13">
+      <c r="A348" s="9">
+        <v>46218.0</v>
+      </c>
+      <c r="B348" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C348" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D348" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E348" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F348" s="10" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G348" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H348" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I348" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J348" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K348" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L348" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M348" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13">
+      <c r="A349" s="9">
+        <v>46219.0</v>
+      </c>
+      <c r="B349" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C349" s="10" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D349" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="E349" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F349" s="10" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G349" s="10" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H349" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I349" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J349" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K349" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L349" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M349" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13">
+      <c r="A350" s="9">
+        <v>46220.0</v>
+      </c>
+      <c r="B350" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="C350" s="10" t="s">
+        <v>530</v>
+      </c>
+      <c r="D350" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G350" s="10" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H350" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I350" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J350" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K350" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L350" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M350" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13">
+      <c r="A351" s="9">
+        <v>46221.0</v>
+      </c>
+      <c r="B351" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C351" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D351" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E351" s="10" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F351" s="10" t="s">
+        <v>1245</v>
+      </c>
+      <c r="G351" s="10" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H351" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I351" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J351" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K351" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L351" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M351" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13">
+      <c r="A352" s="9">
+        <v>46221.0</v>
+      </c>
+      <c r="B352" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C352" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D352" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E352" s="10" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F352" s="10" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G352" s="10" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H352" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I352" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J352" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K352" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L352" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M352" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13">
+      <c r="A353" s="9">
+        <v>46222.0</v>
+      </c>
+      <c r="B353" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="C353" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="D353" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E353" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F353" s="10" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G353" s="10" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H353" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I353" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J353" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K353" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L353" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M353" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13">
+      <c r="A354" s="9">
+        <v>46223.0</v>
+      </c>
+      <c r="B354" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C354" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D354" s="10" t="s">
+        <v>542</v>
+      </c>
+      <c r="E354" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F354" s="10" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G354" s="10" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H354" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I354" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J354" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K354" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L354" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M354" s="11" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13">
+      <c r="A355" s="9">
+        <v>46224.0</v>
+      </c>
+      <c r="B355" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C355" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D355" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G355" s="10" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H355" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I355" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J355" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K355" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L355" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M355" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13">
+      <c r="A356" s="9">
+        <v>46225.0</v>
+      </c>
+      <c r="B356" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C356" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D356" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E356" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F356" s="10" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G356" s="10" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H356" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I356" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J356" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K356" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L356" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M356" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13">
+      <c r="A357" s="9">
+        <v>46226.0</v>
+      </c>
+      <c r="B357" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C357" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D357" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E357" s="10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F357" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G357" s="10" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H357" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I357" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J357" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K357" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L357" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M357" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13">
+      <c r="A358" s="9">
+        <v>46226.0</v>
+      </c>
+      <c r="B358" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C358" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D358" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E358" s="10" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F358" s="10" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G358" s="10" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H358" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I358" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J358" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K358" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L358" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M358" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13">
+      <c r="A359" s="9">
+        <v>46228.0</v>
+      </c>
+      <c r="B359" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C359" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D359" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E359" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F359" s="10" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G359" s="10" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H359" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I359" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J359" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K359" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L359" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M359" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13">
+      <c r="A360" s="9">
+        <v>46230.0</v>
+      </c>
+      <c r="B360" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C360" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D360" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G360" s="10" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H360" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I360" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J360" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K360" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L360" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M360" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13">
+      <c r="A361" s="9">
+        <v>46231.0</v>
+      </c>
+      <c r="B361" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C361" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D361" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E361" s="10" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F361" s="10" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G361" s="10" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H361" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I361" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J361" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K361" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L361" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M361" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13">
+      <c r="A362" s="9">
+        <v>46232.0</v>
+      </c>
+      <c r="B362" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C362" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D362" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E362" s="10" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F362" s="10" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G362" s="10" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H362" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I362" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J362" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K362" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L362" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M362" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13">
+      <c r="A363" s="9">
+        <v>46233.0</v>
+      </c>
+      <c r="B363" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C363" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D363" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E363" s="10" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F363" s="10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G363" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H363" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I363" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J363" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K363" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L363" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M363" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13">
+      <c r="A364" s="9">
+        <v>46233.0</v>
+      </c>
+      <c r="B364" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C364" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D364" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E364" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F364" s="10" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G364" s="10" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H364" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I364" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J364" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K364" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L364" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M364" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13">
+      <c r="A365" s="9">
+        <v>46233.0</v>
+      </c>
+      <c r="B365" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C365" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D365" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E365" s="10" t="s">
+        <v>765</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G365" s="10" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H365" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I365" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J365" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K365" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L365" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M365" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13">
+      <c r="A366" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B366" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C366" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D366" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E366" s="10" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F366" s="10" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G366" s="10" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H366" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I366" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J366" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K366" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L366" s="10" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M366" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13">
+      <c r="A367" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B367" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C367" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D367" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E367" s="10" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F367" s="10" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G367" s="10" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H367" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I367" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J367" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K367" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L367" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M367" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13">
+      <c r="A368" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B368" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C368" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D368" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E368" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F368" s="10" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G368" s="10" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H368" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I368" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J368" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K368" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L368" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M368" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13">
+      <c r="A369" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B369" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C369" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D369" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E369" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F369" s="10" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G369" s="10" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H369" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I369" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J369" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K369" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L369" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M369" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13">
+      <c r="A370" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B370" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C370" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D370" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G370" s="10" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H370" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I370" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J370" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K370" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L370" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M370" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13">
+      <c r="A371" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B371" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C371" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D371" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E371" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F371" s="10" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G371" s="10" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H371" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I371" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J371" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K371" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L371" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M371" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13">
+      <c r="A372" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B372" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C372" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D372" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E372" s="10" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F372" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G372" s="10" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H372" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I372" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J372" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K372" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L372" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M372" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13">
+      <c r="A373" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B373" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C373" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D373" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E373" s="10" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F373" s="10" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G373" s="10" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H373" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I373" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J373" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K373" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L373" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M373" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13">
+      <c r="A374" s="9">
+        <v>46234.0</v>
+      </c>
+      <c r="B374" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C374" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D374" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E374" s="10" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F374" s="10" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G374" s="10" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H374" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I374" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J374" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K374" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L374" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M374" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13">
+      <c r="A375" s="9">
+        <v>46235.0</v>
+      </c>
+      <c r="B375" s="10" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C375" s="10" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D375" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E375" s="10" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F375" s="10" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G375" s="10" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H375" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I375" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K375" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L375" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M375" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13">
+      <c r="A376" s="9">
+        <v>46235.0</v>
+      </c>
+      <c r="B376" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C376" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D376" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E376" s="10" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F376" s="10" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G376" s="10" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H376" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I376" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J376" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K376" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L376" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M376" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13">
+      <c r="A377" s="9">
+        <v>46236.0</v>
+      </c>
+      <c r="B377" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C377" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D377" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E377" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="F377" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G377" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H377" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I377" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J377" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K377" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L377" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M377" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13">
+      <c r="A378" s="9">
+        <v>46237.0</v>
+      </c>
+      <c r="B378" s="10" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C378" s="10" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D378" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E378" s="10" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F378" s="10" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G378" s="10" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H378" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I378" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J378" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K378" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L378" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="M378" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13">
+      <c r="A379" s="9">
+        <v>46238.0</v>
+      </c>
+      <c r="B379" s="10" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C379" s="10" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D379" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E379" s="10" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F379" s="10" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G379" s="10" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H379" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I379" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J379" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K379" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L379" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M379" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13">
+      <c r="A380" s="9">
+        <v>46238.0</v>
+      </c>
+      <c r="B380" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C380" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D380" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E380" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G380" s="10" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H380" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I380" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J380" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K380" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L380" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M380" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13">
+      <c r="A381" s="9">
+        <v>46238.0</v>
+      </c>
+      <c r="B381" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C381" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D381" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E381" s="10" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F381" s="10" t="s">
+        <v>1334</v>
+      </c>
+      <c r="G381" s="10" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H381" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I381" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J381" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K381" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L381" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M381" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13">
+      <c r="A382" s="9">
+        <v>46240.0</v>
+      </c>
+      <c r="B382" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C382" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D382" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E382" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="F382" s="10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G382" s="10" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H382" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I382" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J382" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K382" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L382" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M382" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13">
+      <c r="A383" s="9">
+        <v>46240.0</v>
+      </c>
+      <c r="B383" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C383" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D383" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E383" s="10" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F383" s="10" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G383" s="10" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H383" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I383" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J383" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K383" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L383" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M383" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13">
+      <c r="A384" s="9">
+        <v>46241.0</v>
+      </c>
+      <c r="B384" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C384" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D384" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E384" s="10" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F384" s="10" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G384" s="10" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H384" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I384" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J384" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K384" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L384" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M384" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13">
+      <c r="A385" s="9">
+        <v>46243.0</v>
+      </c>
+      <c r="B385" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="C385" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="D385" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E385" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="F385" s="10" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G385" s="10" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H385" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I385" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J385" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K385" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L385" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M385" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13">
+      <c r="A386" s="9">
+        <v>46245.0</v>
+      </c>
+      <c r="B386" s="10" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C386" s="10" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D386" s="10" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E386" s="10" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F386" s="10" t="s">
+        <v>1350</v>
+      </c>
+      <c r="G386" s="10" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H386" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I386" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J386" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K386" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L386" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M386" s="11" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13">
+      <c r="A387" s="9">
+        <v>46245.0</v>
+      </c>
+      <c r="B387" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C387" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D387" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E387" s="10" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F387" s="10" t="s">
+        <v>1354</v>
+      </c>
+      <c r="G387" s="10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H387" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I387" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J387" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K387" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L387" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M387" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13">
+      <c r="A388" s="9">
+        <v>46247.0</v>
+      </c>
+      <c r="B388" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C388" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D388" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E388" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F388" s="10" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G388" s="10" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H388" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I388" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J388" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K388" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L388" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M388" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13">
+      <c r="A389" s="9">
+        <v>46248.0</v>
+      </c>
+      <c r="B389" s="10" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C389" s="10" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D389" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E389" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F389" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G389" s="10" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H389" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I389" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J389" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K389" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L389" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M389" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13">
+      <c r="A390" s="9">
+        <v>46248.0</v>
+      </c>
+      <c r="B390" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C390" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D390" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E390" s="10" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F390" s="10" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G390" s="10" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H390" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I390" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J390" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K390" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L390" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M390" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13">
+      <c r="A391" s="9">
+        <v>46249.0</v>
+      </c>
+      <c r="B391" s="10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C391" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D391" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E391" s="10" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F391" s="10" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G391" s="10" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H391" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I391" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J391" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K391" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L391" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M391" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13">
+      <c r="A392" s="9">
+        <v>46250.0</v>
+      </c>
+      <c r="B392" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C392" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D392" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E392" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F392" s="10" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G392" s="10" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H392" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I392" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J392" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K392" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L392" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M392" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13">
+      <c r="A393" s="9">
+        <v>46250.0</v>
+      </c>
+      <c r="B393" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C393" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D393" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E393" s="10" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F393" s="10" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G393" s="10" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H393" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I393" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J393" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K393" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L393" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M393" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13">
+      <c r="A394" s="9">
+        <v>46251.0</v>
+      </c>
+      <c r="B394" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C394" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D394" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E394" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F394" s="10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G394" s="10" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H394" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I394" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J394" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K394" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L394" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M394" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13">
+      <c r="A395" s="9">
+        <v>46251.0</v>
+      </c>
+      <c r="B395" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C395" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D395" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E395" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F395" s="10" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G395" s="10" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H395" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I395" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J395" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K395" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L395" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M395" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13">
+      <c r="A396" s="9">
+        <v>46254.0</v>
+      </c>
+      <c r="B396" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C396" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D396" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E396" s="10" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F396" s="10" t="s">
+        <v>1381</v>
+      </c>
+      <c r="G396" s="10" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H396" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I396" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J396" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K396" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L396" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M396" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13">
+      <c r="A397" s="9">
+        <v>46254.0</v>
+      </c>
+      <c r="B397" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C397" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D397" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E397" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F397" s="10" t="s">
+        <v>1383</v>
+      </c>
+      <c r="G397" s="10" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H397" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I397" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J397" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K397" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L397" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M397" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13">
+      <c r="A398" s="9">
+        <v>46255.0</v>
+      </c>
+      <c r="B398" s="10" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C398" s="10" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D398" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E398" s="10" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F398" s="10" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G398" s="10" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H398" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I398" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J398" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K398" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L398" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M398" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13">
+      <c r="A399" s="9">
+        <v>46255.0</v>
+      </c>
+      <c r="B399" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C399" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D399" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E399" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F399" s="10" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G399" s="10" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H399" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I399" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J399" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K399" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L399" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M399" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13">
+      <c r="A400" s="9">
+        <v>46256.0</v>
+      </c>
+      <c r="B400" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C400" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D400" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E400" s="10" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G400" s="10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H400" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I400" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J400" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K400" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L400" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M400" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13">
+      <c r="A401" s="9">
+        <v>46256.0</v>
+      </c>
+      <c r="B401" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C401" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D401" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E401" s="10" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F401" s="10" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G401" s="10" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H401" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I401" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J401" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K401" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L401" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M401" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13">
+      <c r="A402" s="9">
+        <v>46257.0</v>
+      </c>
+      <c r="B402" s="10" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C402" s="10" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D402" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E402" s="10" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F402" s="10" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G402" s="10" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H402" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I402" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J402" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K402" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L402" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M402" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13">
+      <c r="A403" s="9">
+        <v>46258.0</v>
+      </c>
+      <c r="B403" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C403" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D403" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E403" s="10" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F403" s="10" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G403" s="10" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H403" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I403" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J403" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K403" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L403" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M403" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13">
+      <c r="A404" s="9">
+        <v>46258.0</v>
+      </c>
+      <c r="B404" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C404" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D404" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E404" s="10" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F404" s="10" t="s">
+        <v>1401</v>
+      </c>
+      <c r="G404" s="10" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H404" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I404" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J404" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K404" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L404" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M404" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13">
+      <c r="A405" s="9">
+        <v>46259.0</v>
+      </c>
+      <c r="B405" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C405" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D405" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E405" s="10" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F405" s="10" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G405" s="10" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H405" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I405" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J405" s="10" t="s">
+        <v>454</v>
+      </c>
+      <c r="K405" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L405" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M405" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13">
+      <c r="A406" s="9">
+        <v>46260.0</v>
+      </c>
+      <c r="B406" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C406" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D406" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E406" s="10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F406" s="10" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G406" s="10" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H406" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I406" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J406" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K406" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L406" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M406" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13">
+      <c r="A407" s="9">
+        <v>46260.0</v>
+      </c>
+      <c r="B407" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C407" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D407" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E407" s="10" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F407" s="10" t="s">
+        <v>1412</v>
+      </c>
+      <c r="G407" s="10" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H407" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I407" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J407" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K407" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L407" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M407" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13">
+      <c r="A408" s="9">
+        <v>46260.0</v>
+      </c>
+      <c r="B408" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C408" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D408" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E408" s="10" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F408" s="10" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G408" s="10" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H408" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I408" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J408" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K408" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L408" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M408" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13">
+      <c r="A409" s="9">
+        <v>46261.0</v>
+      </c>
+      <c r="B409" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C409" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D409" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E409" s="10" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F409" s="10" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G409" s="10" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H409" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I409" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J409" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K409" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L409" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M409" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13">
+      <c r="A410" s="9">
+        <v>46261.0</v>
+      </c>
+      <c r="B410" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C410" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D410" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E410" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G410" s="10" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H410" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I410" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J410" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K410" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L410" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M410" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13">
+      <c r="A411" s="9">
+        <v>46261.0</v>
+      </c>
+      <c r="B411" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C411" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D411" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E411" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F411" s="10" t="s">
+        <v>1421</v>
+      </c>
+      <c r="G411" s="10" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H411" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I411" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J411" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K411" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L411" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M411" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13">
+      <c r="A412" s="9">
+        <v>46261.0</v>
+      </c>
+      <c r="B412" s="10" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C412" s="10" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D412" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E412" s="10" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F412" s="10" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G412" s="10" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H412" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I412" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J412" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K412" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L412" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M412" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13">
+      <c r="A413" s="9">
+        <v>46262.0</v>
+      </c>
+      <c r="B413" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C413" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D413" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E413" s="10" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F413" s="10" t="s">
+        <v>1429</v>
+      </c>
+      <c r="G413" s="10" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H413" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I413" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J413" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K413" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L413" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="M413" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13">
+      <c r="A414" s="9">
+        <v>46263.0</v>
+      </c>
+      <c r="B414" s="10" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C414" s="10" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D414" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E414" s="10" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F414" s="10" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G414" s="10" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H414" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I414" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J414" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K414" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L414" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M414" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13">
+      <c r="A415" s="9">
+        <v>46263.0</v>
+      </c>
+      <c r="B415" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C415" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D415" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E415" s="10" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F415" s="10" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G415" s="10" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H415" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I415" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J415" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K415" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L415" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M415" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13">
+      <c r="A416" s="9">
+        <v>46263.0</v>
+      </c>
+      <c r="B416" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C416" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D416" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E416" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F416" s="10" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G416" s="10" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H416" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I416" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J416" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K416" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L416" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M416" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13">
+      <c r="A417" s="9">
+        <v>46263.0</v>
+      </c>
+      <c r="B417" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C417" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D417" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E417" s="10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F417" s="10" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G417" s="10" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H417" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I417" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J417" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K417" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L417" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M417" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13">
+      <c r="A418" s="9">
+        <v>46263.0</v>
+      </c>
+      <c r="B418" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C418" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D418" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E418" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F418" s="10" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G418" s="10" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H418" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I418" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J418" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K418" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L418" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M418" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13">
+      <c r="A419" s="9">
+        <v>46264.0</v>
+      </c>
+      <c r="B419" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C419" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D419" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E419" s="10" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F419" s="10" t="s">
+        <v>1447</v>
+      </c>
+      <c r="G419" s="10" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H419" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I419" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J419" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K419" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L419" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M419" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13">
+      <c r="A420" s="9">
+        <v>46264.0</v>
+      </c>
+      <c r="B420" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C420" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D420" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E420" s="10" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F420" s="10" t="s">
+        <v>1449</v>
+      </c>
+      <c r="G420" s="10" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H420" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I420" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J420" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K420" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L420" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M420" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13">
+      <c r="A421" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B421" s="10" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C421" s="10" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D421" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E421" s="10" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F421" s="10" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G421" s="10" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H421" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I421" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J421" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K421" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L421" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M421" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13">
+      <c r="A422" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B422" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C422" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D422" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E422" s="10" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F422" s="10" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G422" s="10" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H422" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I422" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J422" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K422" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L422" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M422" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13">
+      <c r="A423" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B423" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C423" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D423" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E423" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F423" s="10" t="s">
+        <v>1460</v>
+      </c>
+      <c r="G423" s="10" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H423" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I423" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J423" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K423" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L423" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M423" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13">
+      <c r="A424" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B424" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C424" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D424" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E424" s="10" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F424" s="10" t="s">
+        <v>1462</v>
+      </c>
+      <c r="G424" s="10" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H424" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I424" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J424" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K424" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L424" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M424" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13">
+      <c r="A425" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B425" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C425" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D425" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E425" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F425" s="10" t="s">
+        <v>1464</v>
+      </c>
+      <c r="G425" s="10" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H425" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I425" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J425" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K425" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L425" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M425" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13">
+      <c r="A426" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B426" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C426" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D426" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E426" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="F426" s="10" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G426" s="10" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H426" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I426" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J426" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K426" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L426" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M426" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13">
+      <c r="A427" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B427" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C427" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D427" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E427" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F427" s="10" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G427" s="10" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H427" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I427" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J427" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K427" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L427" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M427" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13">
+      <c r="A428" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B428" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C428" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D428" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E428" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F428" s="10" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G428" s="10" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H428" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I428" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J428" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K428" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L428" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M428" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13">
+      <c r="A429" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B429" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C429" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D429" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E429" s="10" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F429" s="10" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G429" s="10" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H429" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I429" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J429" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K429" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L429" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M429" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13">
+      <c r="A430" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B430" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C430" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D430" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E430" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F430" s="10" t="s">
+        <v>1475</v>
+      </c>
+      <c r="G430" s="10" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H430" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I430" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J430" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K430" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L430" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M430" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13">
+      <c r="A431" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B431" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C431" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D431" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E431" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F431" s="10" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G431" s="10" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H431" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I431" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J431" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K431" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L431" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M431" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13">
+      <c r="A432" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B432" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C432" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D432" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E432" s="10" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F432" s="10" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G432" s="10" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H432" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I432" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J432" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K432" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L432" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M432" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13">
+      <c r="A433" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B433" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C433" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D433" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E433" s="10" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F433" s="10" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G433" s="10" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H433" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I433" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J433" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K433" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L433" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M433" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13">
+      <c r="A434" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B434" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C434" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D434" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E434" s="10" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F434" s="10" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G434" s="10" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H434" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I434" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J434" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K434" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L434" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M434" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13">
+      <c r="A435" s="9">
+        <v>46265.0</v>
+      </c>
+      <c r="B435" s="10" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C435" s="10" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D435" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E435" s="10" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F435" s="10" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G435" s="10" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H435" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I435" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J435" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K435" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L435" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M435" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13">
+      <c r="A436" s="9">
+        <v>46266.0</v>
+      </c>
+      <c r="B436" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C436" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D436" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E436" s="10" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F436" s="10" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G436" s="10" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H436" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I436" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J436" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K436" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L436" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M436" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13">
+      <c r="A437" s="9">
+        <v>46266.0</v>
+      </c>
+      <c r="B437" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C437" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D437" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E437" s="10" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F437" s="10" t="s">
+        <v>1495</v>
+      </c>
+      <c r="G437" s="10" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H437" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I437" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J437" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K437" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L437" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M437" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13">
+      <c r="A438" s="9">
+        <v>46267.0</v>
+      </c>
+      <c r="B438" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C438" s="10" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D438" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E438" s="10" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F438" s="10" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G438" s="10" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H438" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I438" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J438" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K438" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L438" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M438" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13">
+      <c r="A439" s="9">
+        <v>46267.0</v>
+      </c>
+      <c r="B439" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C439" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D439" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E439" s="10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F439" s="10" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G439" s="10" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H439" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I439" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J439" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K439" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L439" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M439" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13">
+      <c r="A440" s="9">
+        <v>46269.0</v>
+      </c>
+      <c r="B440" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C440" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D440" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E440" s="10" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F440" s="10" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G440" s="10" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H440" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I440" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J440" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K440" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L440" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M440" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13">
+      <c r="A441" s="9">
+        <v>46269.0</v>
+      </c>
+      <c r="B441" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C441" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D441" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E441" s="10" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F441" s="10" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G441" s="10" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H441" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I441" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J441" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K441" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L441" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M441" s="11" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13">
+      <c r="A442" s="9">
+        <v>46270.0</v>
+      </c>
+      <c r="B442" s="10" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C442" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D442" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E442" s="10" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F442" s="10" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G442" s="10" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H442" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I442" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J442" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K442" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L442" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M442" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13">
+      <c r="A443" s="9">
+        <v>46274.0</v>
+      </c>
+      <c r="B443" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="C443" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D443" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E443" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="F443" s="10" t="s">
+        <v>1512</v>
+      </c>
+      <c r="G443" s="10" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H443" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I443" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J443" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K443" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L443" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M443" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13">
+      <c r="A444" s="9">
+        <v>46274.0</v>
+      </c>
+      <c r="B444" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C444" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D444" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E444" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F444" s="10" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G444" s="10" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H444" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I444" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J444" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K444" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L444" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M444" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13">
+      <c r="A445" s="9">
+        <v>46275.0</v>
+      </c>
+      <c r="B445" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C445" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D445" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E445" s="10" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F445" s="10" t="s">
+        <v>1517</v>
+      </c>
+      <c r="G445" s="10" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H445" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I445" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J445" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K445" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L445" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M445" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13">
+      <c r="A446" s="9">
+        <v>46277.0</v>
+      </c>
+      <c r="B446" s="10" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C446" s="10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D446" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E446" s="10" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F446" s="10" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G446" s="10" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H446" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I446" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J446" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K446" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L446" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M446" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13">
+      <c r="A447" s="9">
+        <v>46278.0</v>
+      </c>
+      <c r="B447" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C447" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D447" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E447" s="10" t="s">
+        <v>984</v>
+      </c>
+      <c r="F447" s="10" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G447" s="10" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H447" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I447" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J447" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K447" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L447" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M447" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13">
+      <c r="A448" s="9">
+        <v>46278.0</v>
+      </c>
+      <c r="B448" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C448" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D448" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E448" s="10" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F448" s="10" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G448" s="10" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H448" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I448" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J448" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K448" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L448" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M448" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13">
+      <c r="A449" s="9">
+        <v>46278.0</v>
+      </c>
+      <c r="B449" s="10" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C449" s="10" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D449" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E449" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="F449" s="10" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G449" s="10" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H449" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I449" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J449" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K449" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L449" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M449" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13">
+      <c r="A450" s="9">
+        <v>46279.0</v>
+      </c>
+      <c r="B450" s="10" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C450" s="10" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D450" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E450" s="10" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F450" s="10" t="s">
+        <v>1534</v>
+      </c>
+      <c r="G450" s="10" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H450" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I450" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J450" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K450" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L450" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M450" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13">
+      <c r="A451" s="9">
+        <v>46279.0</v>
+      </c>
+      <c r="B451" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C451" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D451" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E451" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F451" s="10" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G451" s="10" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H451" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I451" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J451" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K451" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L451" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M451" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13">
+      <c r="A452" s="9">
+        <v>46279.0</v>
+      </c>
+      <c r="B452" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C452" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D452" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E452" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="F452" s="10" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G452" s="10" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H452" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I452" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J452" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K452" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L452" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M452" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13">
+      <c r="A453" s="9">
+        <v>46279.0</v>
+      </c>
+      <c r="B453" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C453" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D453" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E453" s="10" t="s">
+        <v>984</v>
+      </c>
+      <c r="F453" s="10" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G453" s="10" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H453" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I453" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J453" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K453" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L453" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M453" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13">
+      <c r="A454" s="9">
+        <v>46280.0</v>
+      </c>
+      <c r="B454" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C454" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D454" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E454" s="10" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F454" s="10" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G454" s="10" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H454" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I454" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J454" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K454" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L454" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M454" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13">
+      <c r="A455" s="9">
+        <v>46280.0</v>
+      </c>
+      <c r="B455" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C455" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D455" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E455" s="10" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F455" s="10" t="s">
+        <v>1546</v>
+      </c>
+      <c r="G455" s="10" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H455" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I455" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J455" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K455" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L455" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M455" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13">
+      <c r="A456" s="9">
+        <v>46281.0</v>
+      </c>
+      <c r="B456" s="10" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C456" s="10" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D456" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E456" s="10" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F456" s="10" t="s">
+        <v>1551</v>
+      </c>
+      <c r="G456" s="10" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H456" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I456" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J456" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K456" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L456" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M456" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13">
+      <c r="A457" s="9">
+        <v>46282.0</v>
+      </c>
+      <c r="B457" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C457" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D457" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E457" s="10" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F457" s="10" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G457" s="10" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H457" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I457" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J457" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K457" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L457" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M457" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13">
+      <c r="A458" s="9">
+        <v>46283.0</v>
+      </c>
+      <c r="B458" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C458" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D458" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E458" s="10" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F458" s="10" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G458" s="10" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H458" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I458" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J458" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K458" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L458" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M458" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13">
+      <c r="A459" s="9">
+        <v>46284.0</v>
+      </c>
+      <c r="B459" s="10" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C459" s="10" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D459" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E459" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F459" s="10" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G459" s="10" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H459" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I459" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J459" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K459" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L459" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M459" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13">
+      <c r="A460" s="9">
+        <v>46284.0</v>
+      </c>
+      <c r="B460" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C460" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D460" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E460" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F460" s="10" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G460" s="10" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H460" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I460" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J460" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K460" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L460" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M460" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13">
+      <c r="A461" s="9">
+        <v>46285.0</v>
+      </c>
+      <c r="B461" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C461" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D461" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E461" s="10" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F461" s="10" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G461" s="10" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H461" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I461" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J461" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K461" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L461" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M461" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13">
+      <c r="A462" s="9">
+        <v>46285.0</v>
+      </c>
+      <c r="B462" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C462" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D462" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E462" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F462" s="10" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G462" s="10" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H462" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I462" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J462" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K462" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L462" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M462" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13">
+      <c r="A463" s="9">
+        <v>46286.0</v>
+      </c>
+      <c r="B463" s="10" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C463" s="10" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D463" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E463" s="10" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F463" s="10" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G463" s="10" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H463" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I463" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J463" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K463" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L463" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M463" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13">
+      <c r="A464" s="9">
+        <v>46287.0</v>
+      </c>
+      <c r="B464" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C464" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D464" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E464" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F464" s="10" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G464" s="10" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H464" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I464" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J464" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K464" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L464" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M464" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13">
+      <c r="A465" s="9">
+        <v>46287.0</v>
+      </c>
+      <c r="B465" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C465" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D465" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E465" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F465" s="10" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G465" s="10" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H465" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I465" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J465" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K465" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L465" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M465" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13">
+      <c r="A466" s="9">
+        <v>46287.0</v>
+      </c>
+      <c r="B466" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C466" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D466" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E466" s="10" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F466" s="10" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G466" s="10" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H466" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I466" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J466" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K466" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L466" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M466" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13">
+      <c r="A467" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B467" s="10" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C467" s="10" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D467" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E467" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="F467" s="10" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G467" s="10" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H467" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I467" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J467" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K467" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L467" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M467" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13">
+      <c r="A468" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B468" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C468" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D468" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E468" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="F468" s="10" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G468" s="10" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H468" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I468" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J468" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K468" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L468" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M468" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13">
+      <c r="A469" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B469" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C469" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D469" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E469" s="10" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F469" s="10" t="s">
+        <v>1587</v>
+      </c>
+      <c r="G469" s="10" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H469" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I469" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J469" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K469" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L469" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M469" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13">
+      <c r="A470" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B470" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C470" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D470" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E470" s="10" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F470" s="10" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G470" s="10" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H470" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I470" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J470" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K470" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L470" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M470" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13">
+      <c r="A471" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B471" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C471" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D471" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E471" s="10" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F471" s="10" t="s">
+        <v>1593</v>
+      </c>
+      <c r="G471" s="10" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H471" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I471" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J471" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K471" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L471" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M471" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13">
+      <c r="A472" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B472" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C472" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D472" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E472" s="10" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F472" s="10" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G472" s="10" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H472" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I472" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J472" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K472" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L472" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M472" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13">
+      <c r="A473" s="9">
+        <v>46288.0</v>
+      </c>
+      <c r="B473" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C473" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D473" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E473" s="10" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F473" s="10" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G473" s="10" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H473" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I473" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J473" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K473" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L473" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M473" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13">
+      <c r="A474" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B474" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C474" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D474" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E474" s="10" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F474" s="10" t="s">
+        <v>1599</v>
+      </c>
+      <c r="G474" s="10" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H474" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I474" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J474" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K474" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L474" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M474" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13">
+      <c r="A475" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B475" s="10" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C475" s="10" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D475" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E475" s="10" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F475" s="10" t="s">
+        <v>1604</v>
+      </c>
+      <c r="G475" s="10" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H475" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I475" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J475" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K475" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L475" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M475" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13">
+      <c r="A476" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B476" s="10" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C476" s="10" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D476" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E476" s="10" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F476" s="10" t="s">
+        <v>1609</v>
+      </c>
+      <c r="G476" s="10" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H476" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I476" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J476" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K476" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L476" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M476" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13">
+      <c r="A477" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B477" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C477" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D477" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E477" s="10" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F477" s="10" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G477" s="10" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H477" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I477" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J477" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K477" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L477" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M477" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13">
+      <c r="A478" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B478" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C478" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D478" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E478" s="10" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F478" s="10" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G478" s="10" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H478" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I478" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J478" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K478" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L478" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M478" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13">
+      <c r="A479" s="9">
+        <v>46289.0</v>
+      </c>
+      <c r="B479" s="10" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C479" s="10" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D479" s="10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E479" s="10" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F479" s="10" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G479" s="10" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H479" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I479" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J479" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K479" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L479" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M479" s="11" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13">
+      <c r="A480" s="9">
+        <v>46290.0</v>
+      </c>
+      <c r="B480" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C480" s="10" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D480" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E480" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F480" s="10" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G480" s="10" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H480" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I480" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J480" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K480" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L480" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M480" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13">
+      <c r="A481" s="9">
+        <v>46290.0</v>
+      </c>
+      <c r="B481" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C481" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D481" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E481" s="10" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F481" s="10" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G481" s="10" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H481" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I481" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J481" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K481" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L481" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M481" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13">
+      <c r="A482" s="9">
+        <v>46290.0</v>
+      </c>
+      <c r="B482" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C482" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D482" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E482" s="10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F482" s="10" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G482" s="10" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H482" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I482" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J482" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K482" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L482" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M482" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13">
+      <c r="A483" s="9">
+        <v>46291.0</v>
+      </c>
+      <c r="B483" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C483" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D483" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E483" s="10" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F483" s="10" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G483" s="10" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H483" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I483" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J483" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K483" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L483" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M483" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13">
+      <c r="A484" s="9">
+        <v>46291.0</v>
+      </c>
+      <c r="B484" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C484" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D484" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E484" s="10" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F484" s="10" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G484" s="10" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H484" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I484" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J484" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K484" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L484" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M484" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13">
+      <c r="A485" s="9">
+        <v>46291.0</v>
+      </c>
+      <c r="B485" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C485" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D485" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E485" s="10" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F485" s="10" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G485" s="10" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H485" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I485" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J485" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K485" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L485" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M485" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13">
+      <c r="A486" s="9">
+        <v>46291.0</v>
+      </c>
+      <c r="B486" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C486" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D486" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E486" s="10" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F486" s="10" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G486" s="10" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H486" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I486" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J486" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K486" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L486" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M486" s="11" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13">
+      <c r="A487" s="9">
+        <v>46291.0</v>
+      </c>
+      <c r="B487" s="10" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C487" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D487" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E487" s="10" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F487" s="10" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G487" s="10" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H487" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I487" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J487" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K487" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L487" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M487" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13">
+      <c r="A488" s="9">
+        <v>46292.0</v>
+      </c>
+      <c r="B488" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C488" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D488" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E488" s="10" t="s">
+        <v>520</v>
+      </c>
+      <c r="F488" s="10" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G488" s="10" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H488" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I488" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J488" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K488" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L488" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M488" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13">
+      <c r="A489" s="9">
+        <v>46292.0</v>
+      </c>
+      <c r="B489" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C489" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D489" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E489" s="10" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F489" s="10" t="s">
+        <v>1646</v>
+      </c>
+      <c r="G489" s="10" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H489" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I489" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J489" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K489" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L489" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M489" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13">
+      <c r="A490" s="9">
+        <v>46292.0</v>
+      </c>
+      <c r="B490" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C490" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D490" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E490" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F490" s="10" t="s">
+        <v>1648</v>
+      </c>
+      <c r="G490" s="10" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H490" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I490" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J490" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K490" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L490" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M490" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13">
+      <c r="A491" s="9">
+        <v>46292.0</v>
+      </c>
+      <c r="B491" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C491" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D491" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E491" s="10" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F491" s="10" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G491" s="10" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H491" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I491" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J491" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K491" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L491" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M491" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13">
+      <c r="A492" s="9">
+        <v>46292.0</v>
+      </c>
+      <c r="B492" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C492" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D492" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E492" s="10" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F492" s="10" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G492" s="10" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H492" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I492" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J492" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K492" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L492" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M492" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13">
+      <c r="A493" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B493" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="C493" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D493" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E493" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="F493" s="10" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G493" s="10" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H493" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I493" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J493" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K493" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L493" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M493" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13">
+      <c r="A494" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B494" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C494" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D494" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E494" s="10" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F494" s="10" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G494" s="10" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H494" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I494" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J494" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K494" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L494" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M494" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13">
+      <c r="A495" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B495" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C495" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D495" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E495" s="10" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F495" s="10" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G495" s="10" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H495" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I495" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J495" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K495" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L495" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M495" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13">
+      <c r="A496" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B496" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C496" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D496" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E496" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="F496" s="10" t="s">
+        <v>1663</v>
+      </c>
+      <c r="G496" s="10" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H496" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I496" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J496" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K496" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L496" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M496" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13">
+      <c r="A497" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B497" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C497" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D497" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E497" s="10" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F497" s="10" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G497" s="10" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H497" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I497" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J497" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K497" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L497" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M497" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13">
+      <c r="A498" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B498" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C498" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D498" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E498" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F498" s="10" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G498" s="10" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H498" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I498" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J498" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K498" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L498" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M498" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13">
+      <c r="A499" s="9">
+        <v>46293.0</v>
+      </c>
+      <c r="B499" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C499" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D499" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E499" s="10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F499" s="10" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G499" s="10" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H499" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I499" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J499" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K499" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L499" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M499" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13">
+      <c r="A500" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B500" s="10" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C500" s="10" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D500" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E500" s="10" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F500" s="10" t="s">
+        <v>1673</v>
+      </c>
+      <c r="G500" s="10" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H500" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I500" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J500" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K500" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L500" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M500" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13">
+      <c r="A501" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B501" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C501" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D501" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E501" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="F501" s="10" t="s">
+        <v>1675</v>
+      </c>
+      <c r="G501" s="10" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H501" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I501" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J501" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K501" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L501" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M501" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13">
+      <c r="A502" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B502" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C502" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D502" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E502" s="10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F502" s="10" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G502" s="10" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H502" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I502" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J502" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K502" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L502" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M502" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13">
+      <c r="A503" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B503" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C503" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D503" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E503" s="10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F503" s="10" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G503" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H503" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I503" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J503" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K503" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L503" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M503" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13">
+      <c r="A504" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B504" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C504" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D504" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E504" s="10" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F504" s="10" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G504" s="10" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H504" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I504" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J504" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K504" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L504" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M504" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13">
+      <c r="A505" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B505" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C505" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D505" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E505" s="10" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F505" s="10" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G505" s="10" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H505" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I505" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J505" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K505" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L505" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M505" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13">
+      <c r="A506" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B506" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C506" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D506" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E506" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F506" s="10" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G506" s="10" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H506" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I506" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J506" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K506" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L506" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M506" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13">
+      <c r="A507" s="9">
+        <v>46294.0</v>
+      </c>
+      <c r="B507" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C507" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D507" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E507" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F507" s="10" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G507" s="10" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H507" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I507" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J507" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K507" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L507" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M507" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13">
+      <c r="A508" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B508" s="10" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C508" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D508" s="10" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E508" s="10" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F508" s="10" t="s">
+        <v>1692</v>
+      </c>
+      <c r="G508" s="10" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H508" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I508" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J508" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K508" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L508" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M508" s="11" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13">
+      <c r="A509" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B509" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C509" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D509" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E509" s="10" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F509" s="10" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G509" s="10" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H509" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I509" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J509" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K509" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L509" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M509" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13">
+      <c r="A510" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B510" s="10" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C510" s="10" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D510" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E510" s="10" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F510" s="10" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G510" s="10" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H510" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I510" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J510" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K510" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L510" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M510" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13">
+      <c r="A511" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B511" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C511" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D511" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E511" s="10" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F511" s="10" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G511" s="10" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H511" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I511" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J511" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K511" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L511" s="10" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M511" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13">
+      <c r="A512" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B512" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C512" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D512" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E512" s="10" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F512" s="10" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G512" s="10" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H512" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I512" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J512" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K512" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L512" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M512" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13">
+      <c r="A513" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B513" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C513" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D513" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E513" s="10" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F513" s="10" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G513" s="10" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H513" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I513" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J513" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K513" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L513" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M513" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13">
+      <c r="A514" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B514" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C514" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D514" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E514" s="10" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F514" s="10" t="s">
+        <v>1713</v>
+      </c>
+      <c r="G514" s="10" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H514" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I514" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J514" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K514" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L514" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M514" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13">
+      <c r="A515" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B515" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C515" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D515" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E515" s="10" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F515" s="10" t="s">
+        <v>1716</v>
+      </c>
+      <c r="G515" s="10" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H515" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I515" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J515" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K515" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L515" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M515" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13">
+      <c r="A516" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B516" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C516" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D516" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E516" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="F516" s="10" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G516" s="10" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H516" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I516" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J516" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K516" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L516" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M516" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13">
+      <c r="A517" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B517" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C517" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D517" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E517" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="F517" s="10" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G517" s="10" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H517" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I517" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J517" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K517" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L517" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M517" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13">
+      <c r="A518" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B518" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C518" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D518" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E518" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="F518" s="10" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G518" s="10" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H518" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I518" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J518" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K518" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L518" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M518" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13">
+      <c r="A519" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B519" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="C519" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D519" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E519" s="10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F519" s="10" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G519" s="10" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H519" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I519" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J519" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K519" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L519" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M519" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13">
+      <c r="A520" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B520" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C520" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D520" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E520" s="10" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F520" s="10" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G520" s="10" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H520" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I520" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J520" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K520" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L520" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M520" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13">
+      <c r="A521" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B521" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C521" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D521" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E521" s="10" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F521" s="10" t="s">
+        <v>1730</v>
+      </c>
+      <c r="G521" s="10" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H521" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I521" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J521" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K521" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L521" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M521" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13">
+      <c r="A522" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B522" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C522" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D522" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E522" s="10" t="s">
+        <v>560</v>
+      </c>
+      <c r="F522" s="10" t="s">
+        <v>1732</v>
+      </c>
+      <c r="G522" s="10" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H522" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I522" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J522" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K522" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L522" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M522" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13">
+      <c r="A523" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B523" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C523" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D523" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E523" s="10" t="s">
+        <v>560</v>
+      </c>
+      <c r="F523" s="10" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G523" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H523" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I523" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J523" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K523" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L523" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M523" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13">
+      <c r="A524" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B524" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C524" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D524" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E524" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F524" s="10" t="s">
+        <v>1737</v>
+      </c>
+      <c r="G524" s="10" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H524" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I524" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J524" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K524" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L524" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M524" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13">
+      <c r="A525" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B525" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="C525" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="D525" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E525" s="10" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F525" s="10" t="s">
+        <v>1740</v>
+      </c>
+      <c r="G525" s="10" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H525" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I525" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J525" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K525" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L525" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M525" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13">
+      <c r="A526" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B526" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C526" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D526" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E526" s="10" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F526" s="10" t="s">
+        <v>1743</v>
+      </c>
+      <c r="G526" s="10" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H526" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I526" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J526" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K526" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L526" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M526" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13">
+      <c r="A527" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B527" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="C527" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D527" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E527" s="10" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F527" s="10" t="s">
+        <v>1746</v>
+      </c>
+      <c r="G527" s="10" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H527" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I527" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J527" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K527" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L527" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M527" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13">
+      <c r="A528" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B528" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C528" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D528" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E528" s="10" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F528" s="10" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G528" s="10" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H528" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I528" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J528" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K528" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L528" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M528" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13">
+      <c r="A529" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B529" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C529" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D529" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E529" s="10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F529" s="10" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G529" s="10" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H529" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I529" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J529" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K529" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L529" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M529" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13">
+      <c r="A530" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B530" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C530" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D530" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E530" s="10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F530" s="10" t="s">
+        <v>1753</v>
+      </c>
+      <c r="G530" s="10" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H530" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I530" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J530" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K530" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L530" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M530" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13">
+      <c r="A531" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B531" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C531" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D531" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E531" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="F531" s="10" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G531" s="10" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H531" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I531" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J531" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K531" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L531" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M531" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13">
+      <c r="A532" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B532" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C532" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D532" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E532" s="10" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F532" s="10" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G532" s="10" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H532" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I532" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J532" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K532" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L532" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M532" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13">
+      <c r="A533" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B533" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="C533" s="10" t="s">
+        <v>431</v>
+      </c>
+      <c r="D533" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E533" s="10" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F533" s="10" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G533" s="10" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H533" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I533" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J533" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K533" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L533" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M533" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13">
+      <c r="A534" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B534" s="10" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C534" s="10" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D534" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E534" s="10" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F534" s="10" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G534" s="10" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H534" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I534" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J534" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K534" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L534" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M534" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13">
+      <c r="A535" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B535" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C535" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D535" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E535" s="10" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F535" s="10" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G535" s="10" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H535" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I535" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J535" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K535" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L535" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M535" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13">
+      <c r="A536" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B536" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C536" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D536" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E536" s="10" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F536" s="10" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G536" s="10" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H536" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I536" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J536" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K536" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L536" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M536" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13">
+      <c r="A537" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B537" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C537" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D537" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="E537" s="10" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F537" s="10" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G537" s="10" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H537" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I537" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J537" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K537" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L537" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M537" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13">
+      <c r="A538" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B538" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C538" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D538" s="10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E538" s="10" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F538" s="10" t="s">
+        <v>1776</v>
+      </c>
+      <c r="G538" s="10" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H538" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I538" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J538" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K538" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L538" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M538" s="11" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13">
+      <c r="A539" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B539" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C539" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D539" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E539" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F539" s="10" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G539" s="10" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H539" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I539" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J539" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K539" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L539" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M539" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13">
+      <c r="A540" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B540" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C540" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D540" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E540" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F540" s="10" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G540" s="10" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H540" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I540" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J540" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K540" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L540" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M540" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13">
+      <c r="A541" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B541" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C541" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D541" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E541" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="F541" s="10" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G541" s="10" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H541" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I541" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J541" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K541" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L541" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M541" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13">
+      <c r="A542" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B542" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C542" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D542" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E542" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F542" s="10" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G542" s="10" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H542" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I542" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J542" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K542" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L542" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M542" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13">
+      <c r="A543" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B543" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C543" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D543" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E543" s="10" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F543" s="10" t="s">
+        <v>1787</v>
+      </c>
+      <c r="G543" s="10" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H543" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I543" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J543" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K543" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L543" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M543" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13">
+      <c r="A544" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B544" s="10" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C544" s="10" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D544" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E544" s="10" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F544" s="10" t="s">
+        <v>1792</v>
+      </c>
+      <c r="G544" s="10" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H544" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I544" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J544" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K544" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L544" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M544" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13">
+      <c r="A545" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B545" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C545" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D545" s="10" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E545" s="10" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F545" s="10" t="s">
+        <v>1796</v>
+      </c>
+      <c r="G545" s="10" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H545" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I545" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J545" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K545" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L545" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M545" s="11" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13">
+      <c r="A546" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B546" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C546" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D546" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E546" s="10" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F546" s="10" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G546" s="10" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H546" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I546" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J546" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K546" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L546" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M546" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13">
+      <c r="A547" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B547" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="C547" s="10" t="s">
+        <v>407</v>
+      </c>
+      <c r="D547" s="10" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E547" s="10" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F547" s="10" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G547" s="10" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H547" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I547" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J547" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K547" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L547" s="10" t="s">
+        <v>1806</v>
+      </c>
+      <c r="M547" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13">
+      <c r="A548" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B548" s="10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C548" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D548" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E548" s="10" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F548" s="10" t="s">
+        <v>1808</v>
+      </c>
+      <c r="G548" s="10" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H548" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I548" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J548" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K548" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L548" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M548" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13">
+      <c r="A549" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B549" s="10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C549" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D549" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E549" s="10" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F549" s="10" t="s">
+        <v>1811</v>
+      </c>
+      <c r="G549" s="10" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H549" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I549" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J549" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K549" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L549" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M549" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13">
+      <c r="A550" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B550" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C550" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D550" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E550" s="10" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F550" s="10" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G550" s="10" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H550" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I550" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J550" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K550" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L550" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M550" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13">
+      <c r="A551" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B551" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C551" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D551" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E551" s="10" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F551" s="10" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G551" s="10" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H551" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I551" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J551" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K551" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L551" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M551" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13">
+      <c r="A552" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B552" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C552" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D552" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E552" s="10" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F552" s="10" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G552" s="10" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H552" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I552" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J552" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K552" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L552" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M552" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13">
+      <c r="A553" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B553" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C553" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D553" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E553" s="10" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F553" s="10" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G553" s="10" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H553" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I553" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J553" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K553" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L553" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M553" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13">
+      <c r="A554" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B554" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C554" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D554" s="10" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E554" s="10" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F554" s="10" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G554" s="10" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H554" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I554" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J554" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K554" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L554" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M554" s="11" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13">
+      <c r="A555" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B555" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C555" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="D555" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E555" s="10" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F555" s="10" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G555" s="10" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H555" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I555" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J555" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K555" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L555" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M555" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13">
+      <c r="A556" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B556" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C556" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D556" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E556" s="10" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F556" s="10" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G556" s="10" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H556" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I556" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J556" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K556" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L556" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M556" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13">
+      <c r="A557" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B557" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C557" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D557" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E557" s="10" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F557" s="10" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G557" s="10" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H557" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I557" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J557" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K557" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L557" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M557" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13">
+      <c r="A558" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B558" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C558" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D558" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E558" s="10" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F558" s="10" t="s">
+        <v>1839</v>
+      </c>
+      <c r="G558" s="10" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H558" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I558" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J558" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K558" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L558" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M558" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13">
+      <c r="A559" s="9">
+        <v>46295.0</v>
+      </c>
+      <c r="B559" s="10" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C559" s="10" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D559" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="E559" s="10" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F559" s="10" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G559" s="10" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H559" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I559" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J559" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K559" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L559" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M559" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13">
+      <c r="A560" s="9">
+        <v>46296.0</v>
+      </c>
+      <c r="B560" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C560" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D560" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E560" s="10" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F560" s="10" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G560" s="10" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H560" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I560" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J560" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K560" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L560" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M560" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13">
+      <c r="A561" s="9">
+        <v>46305.0</v>
+      </c>
+      <c r="B561" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C561" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D561" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E561" s="10" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F561" s="10" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G561" s="10" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H561" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I561" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J561" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K561" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L561" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M561" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13">
+      <c r="A562" s="9">
+        <v>46311.0</v>
+      </c>
+      <c r="B562" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C562" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D562" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E562" s="10" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F562" s="10" t="s">
+        <v>1851</v>
+      </c>
+      <c r="G562" s="10" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H562" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I562" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J562" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K562" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L562" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M562" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13">
+      <c r="A563" s="9">
+        <v>46315.0</v>
+      </c>
+      <c r="B563" s="10" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C563" s="10" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D563" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E563" s="10" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F563" s="10" t="s">
+        <v>1853</v>
+      </c>
+      <c r="G563" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H563" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I563" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J563" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K563" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L563" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M563" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13">
+      <c r="A564" s="9">
+        <v>46317.0</v>
+      </c>
+      <c r="B564" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C564" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D564" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E564" s="10" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F564" s="10" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G564" s="10" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H564" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I564" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J564" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K564" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L564" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M564" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13">
+      <c r="A565" s="9">
+        <v>46318.0</v>
+      </c>
+      <c r="B565" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="C565" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D565" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E565" s="10" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F565" s="10" t="s">
+        <v>1858</v>
+      </c>
+      <c r="G565" s="10" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H565" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I565" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J565" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K565" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L565" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="M565" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13">
+      <c r="A566" s="9">
+        <v>46324.0</v>
+      </c>
+      <c r="B566" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C566" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D566" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E566" s="10" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F566" s="10" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G566" s="10" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H566" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I566" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J566" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K566" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L566" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M566" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13">
+      <c r="A567" s="9">
+        <v>46326.0</v>
+      </c>
+      <c r="B567" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C567" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D567" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E567" s="10" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F567" s="10" t="s">
+        <v>1864</v>
+      </c>
+      <c r="G567" s="10" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H567" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I567" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J567" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K567" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L567" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M567" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13">
+      <c r="A568" s="9">
+        <v>46326.0</v>
+      </c>
+      <c r="B568" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C568" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D568" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E568" s="10" t="s">
+        <v>879</v>
+      </c>
+      <c r="F568" s="10" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G568" s="10" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H568" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I568" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J568" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K568" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L568" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M568" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13">
+      <c r="A569" s="9">
+        <v>46326.0</v>
+      </c>
+      <c r="B569" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C569" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D569" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E569" s="10" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F569" s="10" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G569" s="10" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H569" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I569" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J569" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K569" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L569" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M569" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13">
+      <c r="A570" s="9">
+        <v>46326.0</v>
+      </c>
+      <c r="B570" s="10" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C570" s="10" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D570" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E570" s="10" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F570" s="10" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G570" s="10" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H570" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I570" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J570" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K570" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L570" s="10" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M570" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13">
+      <c r="A571" s="9">
+        <v>46328.0</v>
+      </c>
+      <c r="B571" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C571" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D571" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E571" s="10" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F571" s="10" t="s">
+        <v>1874</v>
+      </c>
+      <c r="G571" s="10" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H571" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I571" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J571" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K571" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L571" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M571" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13">
+      <c r="A572" s="9">
+        <v>46353.0</v>
+      </c>
+      <c r="B572" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C572" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D572" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E572" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F572" s="10" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G572" s="10" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H572" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I572" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J572" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K572" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L572" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M572" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13">
+      <c r="A573" s="9">
+        <v>46355.0</v>
+      </c>
+      <c r="B573" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C573" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D573" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E573" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="F573" s="10" t="s">
+        <v>1878</v>
+      </c>
+      <c r="G573" s="10" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H573" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I573" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J573" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K573" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L573" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M573" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13">
+      <c r="A574" s="9">
+        <v>46355.0</v>
+      </c>
+      <c r="B574" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C574" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D574" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E574" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F574" s="10" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G574" s="10" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H574" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I574" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J574" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K574" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L574" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M574" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13">
+      <c r="A575" s="9">
+        <v>46355.0</v>
+      </c>
+      <c r="B575" s="10" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C575" s="10" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D575" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E575" s="10" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F575" s="10" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G575" s="10" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H575" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I575" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J575" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K575" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L575" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M575" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13">
+      <c r="A576" s="9">
+        <v>46356.0</v>
+      </c>
+      <c r="B576" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="C576" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="D576" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E576" s="10" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F576" s="10" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G576" s="10" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H576" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I576" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J576" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K576" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L576" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M576" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13">
+      <c r="A577" s="9">
+        <v>46356.0</v>
+      </c>
+      <c r="B577" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C577" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D577" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E577" s="10" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F577" s="10" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G577" s="10" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H577" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I577" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J577" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K577" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L577" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M577" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13">
+      <c r="A578" s="9">
+        <v>46356.0</v>
+      </c>
+      <c r="B578" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C578" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D578" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E578" s="10" t="s">
+        <v>457</v>
+      </c>
+      <c r="F578" s="10" t="s">
+        <v>1893</v>
+      </c>
+      <c r="G578" s="10" t="s">
+        <v>1894</v>
+      </c>
+      <c r="H578" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I578" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J578" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="K578" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L578" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M578" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13">
+      <c r="A579" s="9">
+        <v>46356.0</v>
+      </c>
+      <c r="B579" s="10" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C579" s="10" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D579" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="E579" s="10" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F579" s="10" t="s">
+        <v>1898</v>
+      </c>
+      <c r="G579" s="10" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H579" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I579" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J579" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K579" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L579" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M579" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13">
+      <c r="A580" s="9">
+        <v>46356.0</v>
+      </c>
+      <c r="B580" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C580" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D580" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E580" s="10" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F580" s="10" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G580" s="10" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H580" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I580" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J580" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K580" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L580" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M580" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13">
+      <c r="A581" s="9">
+        <v>46357.0</v>
+      </c>
+      <c r="B581" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C581" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D581" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E581" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F581" s="10" t="s">
+        <v>1903</v>
+      </c>
+      <c r="G581" s="10" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H581" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I581" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J581" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K581" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L581" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M581" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13">
+      <c r="A582" s="9">
+        <v>46357.0</v>
+      </c>
+      <c r="B582" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C582" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D582" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E582" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="F582" s="10" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G582" s="10" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H582" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I582" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J582" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K582" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L582" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M582" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13">
+      <c r="A583" s="9">
+        <v>46360.0</v>
+      </c>
+      <c r="B583" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C583" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D583" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E583" s="10" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F583" s="10" t="s">
+        <v>1908</v>
+      </c>
+      <c r="G583" s="10" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H583" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I583" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J583" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K583" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L583" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M583" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13">
+      <c r="A584" s="9">
+        <v>46361.0</v>
+      </c>
+      <c r="B584" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C584" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D584" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E584" s="10" t="s">
+        <v>1910</v>
+      </c>
+      <c r="F584" s="10" t="s">
+        <v>1911</v>
+      </c>
+      <c r="G584" s="10" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H584" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I584" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J584" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K584" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L584" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M584" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13">
+      <c r="A585" s="9">
+        <v>46362.0</v>
+      </c>
+      <c r="B585" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C585" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D585" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E585" s="10" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F585" s="10" t="s">
+        <v>1914</v>
+      </c>
+      <c r="G585" s="10" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H585" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I585" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J585" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K585" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L585" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M585" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13">
+      <c r="A586" s="9">
+        <v>46363.0</v>
+      </c>
+      <c r="B586" s="10" t="s">
+        <v>920</v>
+      </c>
+      <c r="C586" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="D586" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E586" s="10" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F586" s="10" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G586" s="10" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H586" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I586" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J586" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K586" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L586" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M586" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13">
+      <c r="A587" s="9">
+        <v>46364.0</v>
+      </c>
+      <c r="B587" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C587" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D587" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E587" s="10" t="s">
+        <v>682</v>
+      </c>
+      <c r="F587" s="10" t="s">
+        <v>1919</v>
+      </c>
+      <c r="G587" s="10" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H587" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I587" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J587" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K587" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L587" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M587" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13">
+      <c r="A588" s="9">
+        <v>46366.0</v>
+      </c>
+      <c r="B588" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C588" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D588" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E588" s="10" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F588" s="10" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G588" s="10" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H588" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I588" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J588" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K588" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L588" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M588" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13">
+      <c r="A589" s="9">
+        <v>46367.0</v>
+      </c>
+      <c r="B589" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C589" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D589" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E589" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F589" s="10" t="s">
+        <v>1924</v>
+      </c>
+      <c r="G589" s="10" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H589" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I589" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J589" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K589" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L589" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M589" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13">
+      <c r="A590" s="9">
+        <v>46367.0</v>
+      </c>
+      <c r="B590" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C590" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D590" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E590" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="F590" s="10" t="s">
+        <v>1926</v>
+      </c>
+      <c r="G590" s="10" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H590" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I590" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J590" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K590" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L590" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M590" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13">
+      <c r="A591" s="9">
+        <v>46369.0</v>
+      </c>
+      <c r="B591" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C591" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D591" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E591" s="10" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F591" s="10" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G591" s="10" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H591" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I591" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J591" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K591" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L591" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M591" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13">
+      <c r="A592" s="9">
+        <v>46369.0</v>
+      </c>
+      <c r="B592" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C592" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D592" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E592" s="10" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F592" s="10" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G592" s="10" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H592" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I592" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J592" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K592" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L592" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M592" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13">
+      <c r="A593" s="9">
+        <v>46370.0</v>
+      </c>
+      <c r="B593" s="10" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C593" s="10" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D593" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E593" s="10" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F593" s="10" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G593" s="10" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H593" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I593" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J593" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K593" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L593" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M593" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13">
+      <c r="A594" s="9">
+        <v>46370.0</v>
+      </c>
+      <c r="B594" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C594" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D594" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E594" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F594" s="10" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G594" s="10" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H594" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I594" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J594" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K594" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L594" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M594" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13">
+      <c r="A595" s="9">
+        <v>46371.0</v>
+      </c>
+      <c r="B595" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C595" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D595" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E595" s="10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F595" s="10" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G595" s="10" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H595" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I595" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J595" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K595" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L595" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M595" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13">
+      <c r="A596" s="9">
+        <v>46373.0</v>
+      </c>
+      <c r="B596" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C596" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D596" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E596" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="F596" s="10" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G596" s="10" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H596" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I596" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J596" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K596" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L596" s="10" t="s">
+        <v>851</v>
+      </c>
+      <c r="M596" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13">
+      <c r="A597" s="9">
+        <v>46373.0</v>
+      </c>
+      <c r="B597" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C597" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D597" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E597" s="10" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F597" s="10" t="s">
+        <v>1946</v>
+      </c>
+      <c r="G597" s="10" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H597" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I597" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J597" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K597" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L597" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M597" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13">
+      <c r="A598" s="9">
+        <v>46374.0</v>
+      </c>
+      <c r="B598" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C598" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="D598" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E598" s="10" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F598" s="10" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G598" s="10" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H598" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I598" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J598" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K598" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L598" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M598" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13">
+      <c r="A599" s="9">
+        <v>46374.0</v>
+      </c>
+      <c r="B599" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C599" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D599" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E599" s="10" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F599" s="10" t="s">
+        <v>1952</v>
+      </c>
+      <c r="G599" s="10" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H599" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I599" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J599" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K599" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L599" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M599" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13">
+      <c r="A600" s="9">
+        <v>46374.0</v>
+      </c>
+      <c r="B600" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C600" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D600" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E600" s="10" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F600" s="10" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G600" s="10" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H600" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I600" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J600" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K600" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L600" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M600" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13">
+      <c r="A601" s="9">
+        <v>46375.0</v>
+      </c>
+      <c r="B601" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C601" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D601" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E601" s="10" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F601" s="10" t="s">
+        <v>1957</v>
+      </c>
+      <c r="G601" s="10" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H601" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I601" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J601" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K601" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L601" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M601" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13">
+      <c r="A602" s="9">
+        <v>46377.0</v>
+      </c>
+      <c r="B602" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C602" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D602" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E602" s="10" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F602" s="10" t="s">
+        <v>1960</v>
+      </c>
+      <c r="G602" s="10" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H602" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I602" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J602" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K602" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L602" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M602" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13">
+      <c r="A603" s="9">
+        <v>46377.0</v>
+      </c>
+      <c r="B603" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C603" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D603" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E603" s="10" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F603" s="10" t="s">
+        <v>1963</v>
+      </c>
+      <c r="G603" s="10" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H603" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I603" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J603" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K603" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L603" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M603" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13">
+      <c r="A604" s="9">
+        <v>46378.0</v>
+      </c>
+      <c r="B604" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C604" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D604" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E604" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F604" s="10" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G604" s="10" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H604" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I604" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J604" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K604" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L604" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M604" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13">
+      <c r="A605" s="9">
+        <v>46379.0</v>
+      </c>
+      <c r="B605" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C605" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D605" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E605" s="10" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F605" s="10" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G605" s="10" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H605" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I605" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J605" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K605" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L605" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M605" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13">
+      <c r="A606" s="9">
+        <v>46379.0</v>
+      </c>
+      <c r="B606" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C606" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D606" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E606" s="10" t="s">
+        <v>1970</v>
+      </c>
+      <c r="F606" s="10" t="s">
+        <v>1971</v>
+      </c>
+      <c r="G606" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H606" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I606" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J606" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K606" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L606" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M606" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13">
+      <c r="A607" s="9">
+        <v>46381.0</v>
+      </c>
+      <c r="B607" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C607" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D607" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E607" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F607" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="G607" s="10" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H607" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I607" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J607" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K607" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L607" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M607" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13">
+      <c r="A608" s="9">
+        <v>46385.0</v>
+      </c>
+      <c r="B608" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C608" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D608" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E608" s="10" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F608" s="10" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G608" s="10" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H608" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I608" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J608" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K608" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L608" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M608" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13">
+      <c r="A609" s="9">
+        <v>46386.0</v>
+      </c>
+      <c r="B609" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C609" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D609" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E609" s="10" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F609" s="10" t="s">
+        <v>1979</v>
+      </c>
+      <c r="G609" s="10" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H609" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I609" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J609" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K609" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L609" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M609" s="11" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13">
+      <c r="A610" s="9">
+        <v>46386.0</v>
+      </c>
+      <c r="B610" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C610" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D610" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E610" s="10" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F610" s="10" t="s">
+        <v>1982</v>
+      </c>
+      <c r="G610" s="10" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H610" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I610" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J610" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K610" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L610" s="10" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M610" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13">
+      <c r="A611" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B611" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="C611" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="D611" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E611" s="10" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F611" s="10" t="s">
+        <v>1985</v>
+      </c>
+      <c r="G611" s="10" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H611" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I611" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J611" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K611" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L611" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M611" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13">
+      <c r="A612" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B612" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C612" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="D612" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E612" s="10" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F612" s="10" t="s">
+        <v>1988</v>
+      </c>
+      <c r="G612" s="10" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H612" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I612" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J612" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K612" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L612" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M612" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13">
+      <c r="A613" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B613" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C613" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D613" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E613" s="10" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F613" s="10" t="s">
+        <v>1991</v>
+      </c>
+      <c r="G613" s="10" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H613" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I613" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J613" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K613" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L613" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M613" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13">
+      <c r="A614" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B614" s="10" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C614" s="10" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D614" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E614" s="10" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F614" s="10" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G614" s="10" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H614" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I614" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J614" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K614" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L614" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M614" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13">
+      <c r="A615" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B615" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C615" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D615" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E615" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="F615" s="10" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G615" s="10" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H615" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I615" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J615" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K615" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L615" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M615" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13">
+      <c r="A616" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B616" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C616" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D616" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E616" s="10" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F616" s="10" t="s">
+        <v>2002</v>
+      </c>
+      <c r="G616" s="10" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H616" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I616" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J616" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K616" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L616" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M616" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13">
+      <c r="A617" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B617" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C617" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D617" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E617" s="10" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F617" s="10" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G617" s="10" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H617" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I617" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J617" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K617" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L617" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M617" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13">
+      <c r="A618" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B618" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C618" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D618" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E618" s="10" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F618" s="10" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G618" s="10" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H618" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I618" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J618" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K618" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L618" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M618" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13">
+      <c r="A619" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B619" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C619" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D619" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E619" s="10" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F619" s="10" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G619" s="10" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H619" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I619" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J619" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K619" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L619" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M619" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13">
+      <c r="A620" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B620" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C620" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D620" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E620" s="10" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F620" s="10" t="s">
+        <v>2012</v>
+      </c>
+      <c r="G620" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H620" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I620" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J620" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K620" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L620" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M620" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13">
+      <c r="A621" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B621" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C621" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D621" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E621" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F621" s="10" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G621" s="10" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H621" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I621" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J621" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K621" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L621" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M621" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13">
+      <c r="A622" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B622" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C622" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D622" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E622" s="10" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F622" s="10" t="s">
+        <v>2018</v>
+      </c>
+      <c r="G622" s="10" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H622" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I622" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J622" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K622" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L622" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M622" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13">
+      <c r="A623" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B623" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C623" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D623" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E623" s="10" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F623" s="10" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G623" s="10" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H623" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I623" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J623" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K623" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L623" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M623" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13">
+      <c r="A624" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B624" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C624" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D624" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E624" s="10" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F624" s="10" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G624" s="10" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H624" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I624" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J624" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K624" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L624" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M624" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13">
+      <c r="A625" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B625" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C625" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D625" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E625" s="10" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F625" s="10" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G625" s="10" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H625" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I625" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J625" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K625" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L625" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M625" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13">
+      <c r="A626" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B626" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C626" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D626" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E626" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="F626" s="10" t="s">
+        <v>2029</v>
+      </c>
+      <c r="G626" s="10" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H626" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I626" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J626" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K626" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L626" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M626" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13">
+      <c r="A627" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B627" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C627" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D627" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E627" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F627" s="10" t="s">
+        <v>2031</v>
+      </c>
+      <c r="G627" s="10" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H627" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I627" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J627" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K627" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L627" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M627" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13">
+      <c r="A628" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B628" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C628" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D628" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E628" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F628" s="10" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G628" s="10" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H628" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I628" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J628" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K628" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L628" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M628" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13">
+      <c r="A629" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B629" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C629" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D629" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E629" s="10" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F629" s="10" t="s">
+        <v>2036</v>
+      </c>
+      <c r="G629" s="10" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H629" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I629" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J629" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K629" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L629" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M629" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13">
+      <c r="A630" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B630" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C630" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D630" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E630" s="10" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F630" s="10" t="s">
+        <v>2039</v>
+      </c>
+      <c r="G630" s="10" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H630" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I630" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J630" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K630" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L630" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M630" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13">
+      <c r="A631" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B631" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C631" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D631" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E631" s="10" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F631" s="10" t="s">
+        <v>2041</v>
+      </c>
+      <c r="G631" s="10" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H631" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I631" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J631" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K631" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L631" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M631" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13">
+      <c r="A632" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B632" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="C632" s="10" t="s">
+        <v>972</v>
+      </c>
+      <c r="D632" s="10" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E632" s="10" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F632" s="10" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G632" s="10" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H632" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I632" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J632" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K632" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L632" s="10" t="s">
+        <v>2046</v>
+      </c>
+      <c r="M632" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13">
+      <c r="A633" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B633" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C633" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D633" s="10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E633" s="10" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F633" s="10" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G633" s="10" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H633" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I633" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J633" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K633" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L633" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M633" s="11" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13">
+      <c r="A634" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B634" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C634" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D634" s="10" t="s">
+        <v>2050</v>
+      </c>
+      <c r="E634" s="10" t="s">
+        <v>2051</v>
+      </c>
+      <c r="F634" s="10" t="s">
+        <v>2052</v>
+      </c>
+      <c r="G634" s="10" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H634" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I634" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J634" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K634" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L634" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M634" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13">
+      <c r="A635" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B635" s="10" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C635" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D635" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E635" s="10" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F635" s="10" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G635" s="10" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H635" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I635" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J635" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K635" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L635" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M635" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13">
+      <c r="A636" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B636" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C636" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D636" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E636" s="10" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F636" s="10" t="s">
+        <v>2060</v>
+      </c>
+      <c r="G636" s="10" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H636" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I636" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J636" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K636" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L636" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M636" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13">
+      <c r="A637" s="9">
+        <v>46387.0</v>
+      </c>
+      <c r="B637" s="10" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C637" s="10" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D637" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E637" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F637" s="10" t="s">
+        <v>2064</v>
+      </c>
+      <c r="G637" s="10" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H637" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I637" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J637" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K637" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L637" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M637" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13">
+      <c r="A638" s="9">
+        <v>46389.0</v>
+      </c>
+      <c r="B638" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C638" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D638" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E638" s="10" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F638" s="10" t="s">
+        <v>2066</v>
+      </c>
+      <c r="G638" s="10" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H638" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I638" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J638" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K638" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L638" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M638" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13">
+      <c r="A639" s="9">
+        <v>46389.0</v>
+      </c>
+      <c r="B639" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C639" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D639" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E639" s="10" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F639" s="10" t="s">
+        <v>2069</v>
+      </c>
+      <c r="G639" s="10" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H639" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I639" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J639" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K639" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L639" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M639" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13">
+      <c r="A640" s="9">
+        <v>46390.0</v>
+      </c>
+      <c r="B640" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C640" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D640" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E640" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="F640" s="10" t="s">
+        <v>2071</v>
+      </c>
+      <c r="G640" s="10" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H640" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I640" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J640" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K640" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L640" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M640" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13">
+      <c r="A641" s="9">
+        <v>46393.0</v>
+      </c>
+      <c r="B641" s="10" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C641" s="10" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D641" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E641" s="10" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F641" s="10" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G641" s="10" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H641" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I641" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J641" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K641" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L641" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M641" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13">
+      <c r="A642" s="9">
+        <v>46394.0</v>
+      </c>
+      <c r="B642" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C642" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D642" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E642" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F642" s="10" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G642" s="10" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H642" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I642" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J642" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K642" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L642" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M642" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13">
+      <c r="A643" s="9">
+        <v>46396.0</v>
+      </c>
+      <c r="B643" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C643" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D643" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E643" s="10" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F643" s="10" t="s">
+        <v>2081</v>
+      </c>
+      <c r="G643" s="10" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H643" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I643" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J643" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K643" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L643" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M643" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13">
+      <c r="A644" s="9">
+        <v>46398.0</v>
+      </c>
+      <c r="B644" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C644" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D644" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E644" s="10" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F644" s="10" t="s">
+        <v>2084</v>
+      </c>
+      <c r="G644" s="10" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H644" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I644" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J644" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K644" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L644" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M644" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13">
+      <c r="A645" s="9">
+        <v>46398.0</v>
+      </c>
+      <c r="B645" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C645" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D645" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E645" s="10" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F645" s="10" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G645" s="10" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H645" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I645" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J645" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K645" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L645" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M645" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13">
+      <c r="A646" s="9">
+        <v>46399.0</v>
+      </c>
+      <c r="B646" s="10" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C646" s="10" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D646" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E646" s="10" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F646" s="10" t="s">
+        <v>2092</v>
+      </c>
+      <c r="G646" s="10" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H646" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I646" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J646" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K646" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L646" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M646" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13">
+      <c r="A647" s="9">
+        <v>46402.0</v>
+      </c>
+      <c r="B647" s="10" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C647" s="10" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D647" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E647" s="10" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F647" s="10" t="s">
+        <v>2097</v>
+      </c>
+      <c r="G647" s="10" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H647" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I647" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J647" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K647" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L647" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M647" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13">
+      <c r="A648" s="9">
+        <v>46405.0</v>
+      </c>
+      <c r="B648" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C648" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D648" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E648" s="10" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F648" s="10" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G648" s="10" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H648" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I648" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J648" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K648" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L648" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M648" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13">
+      <c r="A649" s="9">
+        <v>46415.0</v>
+      </c>
+      <c r="B649" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C649" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D649" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E649" s="10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F649" s="10" t="s">
+        <v>2102</v>
+      </c>
+      <c r="G649" s="10" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H649" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I649" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J649" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K649" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L649" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M649" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13">
+      <c r="A650" s="9">
+        <v>46417.0</v>
+      </c>
+      <c r="B650" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C650" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D650" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E650" s="10" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F650" s="10" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G650" s="10" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H650" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I650" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J650" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K650" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L650" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M650" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13">
+      <c r="A651" s="9">
+        <v>46417.0</v>
+      </c>
+      <c r="B651" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C651" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D651" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E651" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F651" s="10" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G651" s="10" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H651" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I651" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J651" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K651" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L651" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M651" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13">
+      <c r="A652" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B652" s="10" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C652" s="10" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D652" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E652" s="10" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F652" s="10" t="s">
+        <v>2108</v>
+      </c>
+      <c r="G652" s="10" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H652" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I652" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J652" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K652" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L652" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M652" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13">
+      <c r="A653" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B653" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C653" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D653" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E653" s="10" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F653" s="10" t="s">
+        <v>2111</v>
+      </c>
+      <c r="G653" s="10" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H653" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I653" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J653" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K653" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L653" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M653" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13">
+      <c r="A654" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B654" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C654" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D654" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E654" s="10" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F654" s="10" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G654" s="10" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H654" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I654" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J654" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K654" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L654" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M654" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13">
+      <c r="A655" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B655" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C655" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D655" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E655" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F655" s="10" t="s">
+        <v>2116</v>
+      </c>
+      <c r="G655" s="10" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H655" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I655" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J655" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K655" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L655" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M655" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13">
+      <c r="A656" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B656" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C656" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D656" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E656" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F656" s="10" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G656" s="10" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H656" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I656" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J656" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K656" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L656" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M656" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13">
+      <c r="A657" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B657" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C657" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D657" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E657" s="10" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F657" s="10" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G657" s="10" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H657" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I657" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J657" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K657" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L657" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M657" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13">
+      <c r="A658" s="9">
+        <v>46418.0</v>
+      </c>
+      <c r="B658" s="10" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C658" s="10" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D658" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E658" s="10" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F658" s="10" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G658" s="10" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H658" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I658" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J658" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K658" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L658" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M658" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13">
+      <c r="A659" s="9">
+        <v>46420.0</v>
+      </c>
+      <c r="B659" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C659" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D659" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E659" s="10" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F659" s="10" t="s">
+        <v>2126</v>
+      </c>
+      <c r="G659" s="10" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H659" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I659" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J659" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K659" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L659" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M659" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13">
+      <c r="A660" s="9">
+        <v>46425.0</v>
+      </c>
+      <c r="B660" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C660" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D660" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E660" s="10" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F660" s="10" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G660" s="10" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H660" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I660" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J660" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K660" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L660" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="M660" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13">
+      <c r="A661" s="9">
+        <v>46427.0</v>
+      </c>
+      <c r="B661" s="10" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C661" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D661" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E661" s="10" t="s">
+        <v>2131</v>
+      </c>
+      <c r="F661" s="10" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G661" s="10" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H661" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I661" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J661" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K661" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L661" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M661" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13">
+      <c r="A662" s="9">
+        <v>46428.0</v>
+      </c>
+      <c r="B662" s="10" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C662" s="10" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D662" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E662" s="10" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F662" s="10" t="s">
+        <v>2137</v>
+      </c>
+      <c r="G662" s="10" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H662" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I662" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J662" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K662" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L662" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M662" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13">
+      <c r="A663" s="9">
+        <v>46430.0</v>
+      </c>
+      <c r="B663" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C663" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D663" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E663" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F663" s="10" t="s">
+        <v>2139</v>
+      </c>
+      <c r="G663" s="10" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H663" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I663" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J663" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K663" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L663" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M663" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13">
+      <c r="A664" s="9">
+        <v>46439.0</v>
+      </c>
+      <c r="B664" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C664" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D664" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E664" s="10" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F664" s="10" t="s">
+        <v>2141</v>
+      </c>
+      <c r="G664" s="10" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H664" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I664" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J664" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K664" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L664" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M664" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13">
+      <c r="A665" s="9">
+        <v>46440.0</v>
+      </c>
+      <c r="B665" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C665" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D665" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E665" s="10" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F665" s="10" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G665" s="10" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H665" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I665" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J665" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K665" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L665" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M665" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13">
+      <c r="A666" s="9">
+        <v>46441.0</v>
+      </c>
+      <c r="B666" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C666" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D666" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E666" s="10" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F666" s="10" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G666" s="10" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H666" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I666" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J666" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K666" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L666" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M666" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13">
+      <c r="A667" s="9">
+        <v>46442.0</v>
+      </c>
+      <c r="B667" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C667" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D667" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E667" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F667" s="10" t="s">
+        <v>2150</v>
+      </c>
+      <c r="G667" s="10" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H667" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I667" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J667" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K667" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L667" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M667" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13">
+      <c r="A668" s="9">
+        <v>46445.0</v>
+      </c>
+      <c r="B668" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C668" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D668" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E668" s="10" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F668" s="10" t="s">
+        <v>2153</v>
+      </c>
+      <c r="G668" s="10" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H668" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I668" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J668" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K668" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L668" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M668" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13">
+      <c r="A669" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B669" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C669" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D669" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E669" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F669" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="G669" s="10" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H669" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I669" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J669" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K669" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L669" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M669" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13">
+      <c r="A670" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B670" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C670" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D670" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E670" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F670" s="10" t="s">
+        <v>2158</v>
+      </c>
+      <c r="G670" s="10" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H670" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I670" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J670" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K670" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L670" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M670" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13">
+      <c r="A671" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B671" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C671" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D671" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E671" s="10" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F671" s="10" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G671" s="10" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H671" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I671" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J671" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K671" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L671" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M671" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13">
+      <c r="A672" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B672" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C672" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D672" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E672" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F672" s="10" t="s">
+        <v>2163</v>
+      </c>
+      <c r="G672" s="10" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H672" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I672" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J672" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K672" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L672" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M672" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13">
+      <c r="A673" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B673" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C673" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D673" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E673" s="10" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F673" s="10" t="s">
+        <v>2165</v>
+      </c>
+      <c r="G673" s="10" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H673" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I673" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J673" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K673" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L673" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M673" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13">
+      <c r="A674" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B674" s="10" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C674" s="10" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D674" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E674" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F674" s="10" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G674" s="10" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H674" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I674" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J674" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K674" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L674" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M674" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13">
+      <c r="A675" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B675" s="10" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C675" s="10" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D675" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E675" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F675" s="10" t="s">
+        <v>2169</v>
+      </c>
+      <c r="G675" s="10" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H675" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I675" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J675" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K675" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L675" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M675" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13">
+      <c r="A676" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B676" s="10" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C676" s="10" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D676" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E676" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F676" s="10" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G676" s="10" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H676" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I676" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J676" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K676" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L676" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M676" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13">
+      <c r="A677" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B677" s="10" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C677" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D677" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E677" s="10" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F677" s="10" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G677" s="10" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H677" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I677" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J677" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K677" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L677" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M677" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13">
+      <c r="A678" s="9">
+        <v>46446.0</v>
+      </c>
+      <c r="B678" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C678" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D678" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E678" s="10" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F678" s="10" t="s">
+        <v>2177</v>
+      </c>
+      <c r="G678" s="10" t="s">
+        <v>2178</v>
+      </c>
+      <c r="H678" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I678" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J678" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K678" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L678" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M678" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13">
+      <c r="A679" s="9">
+        <v>46447.0</v>
+      </c>
+      <c r="B679" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C679" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D679" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E679" s="10" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F679" s="10" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G679" s="10" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H679" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I679" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J679" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K679" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L679" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M679" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13">
+      <c r="A680" s="9">
+        <v>46452.0</v>
+      </c>
+      <c r="B680" s="10" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C680" s="10" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D680" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E680" s="10" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F680" s="10" t="s">
+        <v>2183</v>
+      </c>
+      <c r="G680" s="10" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H680" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I680" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J680" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K680" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L680" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M680" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13">
+      <c r="A681" s="9">
+        <v>46454.0</v>
+      </c>
+      <c r="B681" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C681" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D681" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E681" s="10" t="s">
+        <v>2185</v>
+      </c>
+      <c r="F681" s="10" t="s">
+        <v>2186</v>
+      </c>
+      <c r="G681" s="10" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H681" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I681" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J681" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K681" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L681" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M681" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13">
+      <c r="A682" s="9">
+        <v>46457.0</v>
+      </c>
+      <c r="B682" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C682" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D682" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E682" s="10" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F682" s="10" t="s">
+        <v>2189</v>
+      </c>
+      <c r="G682" s="10" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H682" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I682" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J682" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K682" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L682" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M682" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13">
+      <c r="A683" s="9">
+        <v>46460.0</v>
+      </c>
+      <c r="B683" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C683" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D683" s="10" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E683" s="10" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F683" s="10" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G683" s="10" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H683" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I683" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J683" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K683" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L683" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M683" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13">
+      <c r="A684" s="9">
+        <v>46461.0</v>
+      </c>
+      <c r="B684" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="C684" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D684" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E684" s="10" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F684" s="10" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G684" s="10" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H684" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I684" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J684" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K684" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L684" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M684" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13">
+      <c r="A685" s="9">
+        <v>46461.0</v>
+      </c>
+      <c r="B685" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C685" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D685" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E685" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F685" s="10" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G685" s="10" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H685" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I685" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J685" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K685" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L685" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M685" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13">
+      <c r="A686" s="9">
+        <v>46461.0</v>
+      </c>
+      <c r="B686" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C686" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="D686" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E686" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F686" s="10" t="s">
+        <v>2198</v>
+      </c>
+      <c r="G686" s="10" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H686" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I686" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J686" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K686" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L686" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M686" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13">
+      <c r="A687" s="9">
+        <v>46462.0</v>
+      </c>
+      <c r="B687" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C687" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D687" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E687" s="10" t="s">
+        <v>838</v>
+      </c>
+      <c r="F687" s="10" t="s">
+        <v>2200</v>
+      </c>
+      <c r="G687" s="10" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H687" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I687" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J687" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K687" s="10" t="s">
+        <v>2202</v>
+      </c>
+      <c r="L687" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="M687" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13">
+      <c r="A688" s="9">
+        <v>46467.0</v>
+      </c>
+      <c r="B688" s="10" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C688" s="10" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D688" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E688" s="10" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F688" s="10" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G688" s="10" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H688" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I688" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J688" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K688" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L688" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M688" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13">
+      <c r="A689" s="9">
+        <v>46468.0</v>
+      </c>
+      <c r="B689" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C689" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D689" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E689" s="10" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F689" s="10" t="s">
+        <v>2209</v>
+      </c>
+      <c r="G689" s="10" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H689" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I689" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J689" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K689" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L689" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M689" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13">
+      <c r="A690" s="9">
+        <v>46472.0</v>
+      </c>
+      <c r="B690" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C690" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D690" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E690" s="10" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F690" s="10" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G690" s="10" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H690" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I690" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J690" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K690" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L690" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M690" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13">
+      <c r="A691" s="9">
+        <v>46474.0</v>
+      </c>
+      <c r="B691" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C691" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D691" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E691" s="10" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F691" s="10" t="s">
+        <v>2213</v>
+      </c>
+      <c r="G691" s="10" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H691" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I691" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J691" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K691" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L691" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M691" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13">
+      <c r="A692" s="9">
+        <v>46475.0</v>
+      </c>
+      <c r="B692" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C692" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D692" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E692" s="10" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F692" s="10" t="s">
+        <v>2215</v>
+      </c>
+      <c r="G692" s="10" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H692" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I692" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J692" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K692" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L692" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M692" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13">
+      <c r="A693" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B693" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C693" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D693" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E693" s="10" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F693" s="10" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G693" s="10" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H693" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I693" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J693" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K693" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L693" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M693" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13">
+      <c r="A694" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B694" s="10" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C694" s="10" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D694" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E694" s="10" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F694" s="10" t="s">
+        <v>2219</v>
+      </c>
+      <c r="G694" s="10" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H694" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I694" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J694" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K694" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L694" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M694" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13">
+      <c r="A695" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B695" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C695" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D695" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E695" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F695" s="10" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G695" s="10" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H695" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I695" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J695" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K695" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L695" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M695" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13">
+      <c r="A696" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B696" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C696" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D696" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E696" s="10" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F696" s="10" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G696" s="10" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H696" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I696" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J696" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K696" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L696" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M696" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13">
+      <c r="A697" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B697" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C697" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D697" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E697" s="10" t="s">
+        <v>2226</v>
+      </c>
+      <c r="F697" s="10" t="s">
+        <v>2227</v>
+      </c>
+      <c r="G697" s="10" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H697" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I697" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J697" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K697" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L697" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M697" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13">
+      <c r="A698" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B698" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C698" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D698" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E698" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F698" s="10" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G698" s="10" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H698" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I698" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J698" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K698" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L698" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M698" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13">
+      <c r="A699" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B699" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C699" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D699" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E699" s="10" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F699" s="10" t="s">
+        <v>2232</v>
+      </c>
+      <c r="G699" s="10" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H699" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I699" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J699" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K699" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L699" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M699" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13">
+      <c r="A700" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B700" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C700" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D700" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E700" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F700" s="10" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G700" s="10" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H700" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I700" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J700" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K700" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L700" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M700" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13">
+      <c r="A701" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B701" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C701" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D701" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E701" s="10" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F701" s="10" t="s">
+        <v>2236</v>
+      </c>
+      <c r="G701" s="10" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H701" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I701" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J701" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K701" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L701" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M701" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13">
+      <c r="A702" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B702" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C702" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D702" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E702" s="10" t="s">
+        <v>2238</v>
+      </c>
+      <c r="F702" s="10" t="s">
+        <v>2239</v>
+      </c>
+      <c r="G702" s="10" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H702" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I702" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J702" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K702" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L702" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M702" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13">
+      <c r="A703" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B703" s="10" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C703" s="10" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D703" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E703" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F703" s="10" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G703" s="10" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H703" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I703" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J703" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K703" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L703" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M703" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13">
+      <c r="A704" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B704" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C704" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D704" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E704" s="10" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F704" s="10" t="s">
+        <v>2246</v>
+      </c>
+      <c r="G704" s="10" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H704" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I704" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J704" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K704" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L704" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M704" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13">
+      <c r="A705" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B705" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C705" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D705" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E705" s="10" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F705" s="10" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G705" s="10" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H705" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I705" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J705" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K705" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L705" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M705" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13">
+      <c r="A706" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B706" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="C706" s="10" t="s">
+        <v>407</v>
+      </c>
+      <c r="D706" s="10" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E706" s="10" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F706" s="10" t="s">
+        <v>2252</v>
+      </c>
+      <c r="G706" s="10" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H706" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I706" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J706" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K706" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L706" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="M706" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13">
+      <c r="A707" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B707" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C707" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D707" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E707" s="10" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F707" s="10" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G707" s="10" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H707" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I707" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J707" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K707" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L707" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M707" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13">
+      <c r="A708" s="9">
+        <v>46477.0</v>
+      </c>
+      <c r="B708" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="C708" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D708" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="E708" s="10" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F708" s="10" t="s">
+        <v>2257</v>
+      </c>
+      <c r="G708" s="10" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H708" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I708" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J708" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K708" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L708" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M708" s="11" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13">
+      <c r="A709" s="9">
+        <v>46484.0</v>
+      </c>
+      <c r="B709" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C709" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D709" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E709" s="10" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F709" s="10" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G709" s="10" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H709" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I709" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J709" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K709" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L709" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M709" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13">
+      <c r="A710" s="9">
+        <v>46487.0</v>
+      </c>
+      <c r="B710" s="10" t="s">
+        <v>249</v>
+      </c>
+      <c r="C710" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="D710" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E710" s="10" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F710" s="10" t="s">
+        <v>2262</v>
+      </c>
+      <c r="G710" s="10" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H710" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I710" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J710" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K710" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L710" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M710" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13">
+      <c r="A711" s="9">
+        <v>46491.0</v>
+      </c>
+      <c r="B711" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C711" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D711" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E711" s="10" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F711" s="10" t="s">
+        <v>2265</v>
+      </c>
+      <c r="G711" s="10" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H711" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I711" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J711" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K711" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L711" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M711" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13">
+      <c r="A712" s="9">
+        <v>46498.0</v>
+      </c>
+      <c r="B712" s="10" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C712" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D712" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E712" s="10" t="s">
+        <v>2267</v>
+      </c>
+      <c r="F712" s="10" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G712" s="10" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H712" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I712" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J712" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K712" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L712" s="10" t="s">
+        <v>937</v>
+      </c>
+      <c r="M712" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13">
+      <c r="A713" s="9">
+        <v>46505.0</v>
+      </c>
+      <c r="B713" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C713" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D713" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E713" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F713" s="10" t="s">
+        <v>2270</v>
+      </c>
+      <c r="G713" s="10" t="s">
+        <v>2271</v>
+      </c>
+      <c r="H713" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I713" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J713" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K713" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L713" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M713" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13">
+      <c r="A714" s="9">
+        <v>46506.0</v>
+      </c>
+      <c r="B714" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="C714" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="D714" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E714" s="10" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F714" s="10" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G714" s="10" t="s">
+        <v>2274</v>
+      </c>
+      <c r="H714" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I714" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J714" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K714" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L714" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M714" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13">
+      <c r="A715" s="9">
+        <v>46506.0</v>
+      </c>
+      <c r="B715" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="C715" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="D715" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E715" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F715" s="10" t="s">
+        <v>2275</v>
+      </c>
+      <c r="G715" s="10" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H715" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I715" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J715" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K715" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L715" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M715" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13">
+      <c r="A716" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B716" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C716" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D716" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E716" s="10" t="s">
+        <v>2277</v>
+      </c>
+      <c r="F716" s="10" t="s">
+        <v>2278</v>
+      </c>
+      <c r="G716" s="10" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H716" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I716" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J716" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K716" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L716" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M716" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13">
+      <c r="A717" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B717" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C717" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D717" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E717" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F717" s="10" t="s">
+        <v>2280</v>
+      </c>
+      <c r="G717" s="10" t="s">
+        <v>2281</v>
+      </c>
+      <c r="H717" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I717" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J717" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K717" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L717" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M717" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13">
+      <c r="A718" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B718" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C718" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D718" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E718" s="10" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F718" s="10" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G718" s="10" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H718" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I718" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J718" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K718" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L718" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M718" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13">
+      <c r="A719" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B719" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C719" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D719" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E719" s="10" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F719" s="10" t="s">
+        <v>2285</v>
+      </c>
+      <c r="G719" s="10" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H719" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I719" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J719" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K719" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L719" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M719" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13">
+      <c r="A720" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B720" s="10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C720" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D720" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E720" s="10" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F720" s="10" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G720" s="10" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H720" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I720" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J720" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K720" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L720" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="M720" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13">
+      <c r="A721" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B721" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C721" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D721" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E721" s="10" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F721" s="10" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G721" s="10" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H721" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I721" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J721" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K721" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L721" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M721" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13">
+      <c r="A722" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B722" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C722" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D722" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E722" s="10" t="s">
+        <v>815</v>
+      </c>
+      <c r="F722" s="10" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G722" s="10" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H722" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I722" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J722" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K722" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L722" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M722" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13">
+      <c r="A723" s="9">
+        <v>46507.0</v>
+      </c>
+      <c r="B723" s="10" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C723" s="10" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D723" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E723" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F723" s="10" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G723" s="10" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H723" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I723" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J723" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K723" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L723" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M723" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13">
+      <c r="A724" s="9">
+        <v>46509.0</v>
+      </c>
+      <c r="B724" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C724" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D724" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E724" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F724" s="10" t="s">
+        <v>2297</v>
+      </c>
+      <c r="G724" s="10" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H724" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I724" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J724" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K724" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L724" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M724" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13">
+      <c r="A725" s="9">
+        <v>46511.0</v>
+      </c>
+      <c r="B725" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C725" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D725" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E725" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="F725" s="10" t="s">
+        <v>2299</v>
+      </c>
+      <c r="G725" s="10" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H725" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I725" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J725" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K725" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L725" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M725" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13">
+      <c r="A726" s="9">
+        <v>46515.0</v>
+      </c>
+      <c r="B726" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C726" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D726" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E726" s="10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F726" s="10" t="s">
+        <v>2301</v>
+      </c>
+      <c r="G726" s="10" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H726" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I726" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J726" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K726" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L726" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M726" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13">
+      <c r="A727" s="9">
+        <v>46520.0</v>
+      </c>
+      <c r="B727" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C727" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D727" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E727" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="F727" s="10" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G727" s="10" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H727" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I727" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J727" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K727" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L727" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M727" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13">
+      <c r="A728" s="9">
+        <v>46522.0</v>
+      </c>
+      <c r="B728" s="10" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C728" s="10" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D728" s="10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E728" s="10" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F728" s="10" t="s">
+        <v>2308</v>
+      </c>
+      <c r="G728" s="10" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H728" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I728" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J728" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K728" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L728" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M728" s="11" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13">
+      <c r="A729" s="9">
+        <v>46523.0</v>
+      </c>
+      <c r="B729" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C729" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D729" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E729" s="10" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F729" s="10" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G729" s="10" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H729" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I729" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J729" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K729" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L729" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M729" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13">
+      <c r="A730" s="9">
+        <v>46524.0</v>
+      </c>
+      <c r="B730" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C730" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D730" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E730" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="F730" s="10" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G730" s="10" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H730" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I730" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J730" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K730" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L730" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M730" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13">
+      <c r="A731" s="9">
+        <v>46524.0</v>
+      </c>
+      <c r="B731" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C731" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="D731" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E731" s="10" t="s">
+        <v>2315</v>
+      </c>
+      <c r="F731" s="10" t="s">
+        <v>2316</v>
+      </c>
+      <c r="G731" s="10" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H731" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I731" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J731" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K731" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L731" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M731" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13">
+      <c r="A732" s="9">
+        <v>46526.0</v>
+      </c>
+      <c r="B732" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C732" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D732" s="10" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E732" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="F732" s="10" t="s">
+        <v>2318</v>
+      </c>
+      <c r="G732" s="10" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H732" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I732" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J732" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K732" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L732" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M732" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13">
+      <c r="A733" s="9">
+        <v>46528.0</v>
+      </c>
+      <c r="B733" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C733" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D733" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E733" s="10" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F733" s="10" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G733" s="10" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H733" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I733" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J733" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K733" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L733" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M733" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13">
+      <c r="A734" s="9">
+        <v>46536.0</v>
+      </c>
+      <c r="B734" s="10" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C734" s="10" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D734" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E734" s="10" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F734" s="10" t="s">
+        <v>2326</v>
+      </c>
+      <c r="G734" s="10" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H734" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I734" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J734" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K734" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L734" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M734" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13">
+      <c r="A735" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B735" s="10" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C735" s="10" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D735" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E735" s="10" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F735" s="10" t="s">
+        <v>2331</v>
+      </c>
+      <c r="G735" s="10" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H735" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I735" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J735" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K735" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L735" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M735" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13">
+      <c r="A736" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B736" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C736" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D736" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E736" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F736" s="10" t="s">
+        <v>2333</v>
+      </c>
+      <c r="G736" s="10" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H736" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I736" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J736" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K736" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L736" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M736" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13">
+      <c r="A737" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B737" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C737" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D737" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E737" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="F737" s="10" t="s">
+        <v>2335</v>
+      </c>
+      <c r="G737" s="10" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H737" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I737" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J737" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K737" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L737" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M737" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13">
+      <c r="A738" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B738" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C738" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D738" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E738" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F738" s="10" t="s">
+        <v>2337</v>
+      </c>
+      <c r="G738" s="10" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H738" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I738" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J738" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K738" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L738" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M738" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13">
+      <c r="A739" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B739" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C739" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D739" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E739" s="10" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F739" s="10" t="s">
+        <v>2339</v>
+      </c>
+      <c r="G739" s="10" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H739" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I739" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J739" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K739" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L739" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M739" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13">
+      <c r="A740" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B740" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C740" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D740" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E740" s="10" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F740" s="10" t="s">
+        <v>2342</v>
+      </c>
+      <c r="G740" s="10" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H740" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I740" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J740" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K740" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L740" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M740" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13">
+      <c r="A741" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B741" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C741" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D741" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E741" s="10" t="s">
+        <v>2344</v>
+      </c>
+      <c r="F741" s="10" t="s">
+        <v>2345</v>
+      </c>
+      <c r="G741" s="10" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H741" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I741" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J741" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K741" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L741" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="M741" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13">
+      <c r="A742" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B742" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C742" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D742" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E742" s="10" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F742" s="10" t="s">
+        <v>2348</v>
+      </c>
+      <c r="G742" s="10" t="s">
+        <v>2349</v>
+      </c>
+      <c r="H742" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I742" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J742" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K742" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L742" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="K21" s="4" t="s">
+      <c r="M742" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13">
+      <c r="A743" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B743" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C743" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D743" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E743" s="10" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F743" s="10" t="s">
+        <v>2351</v>
+      </c>
+      <c r="G743" s="10" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H743" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I743" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J743" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K743" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L743" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M743" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13">
+      <c r="A744" s="9">
+        <v>46538.0</v>
+      </c>
+      <c r="B744" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C744" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D744" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E744" s="10" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F744" s="10" t="s">
+        <v>2354</v>
+      </c>
+      <c r="G744" s="10" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H744" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I744" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J744" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K744" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L744" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M744" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13">
+      <c r="A745" s="9">
+        <v>46539.0</v>
+      </c>
+      <c r="B745" s="10" t="s">
+        <v>413</v>
+      </c>
+      <c r="C745" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="D745" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="E745" s="10" t="s">
+        <v>2356</v>
+      </c>
+      <c r="F745" s="10" t="s">
+        <v>2357</v>
+      </c>
+      <c r="G745" s="10" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H745" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I745" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J745" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K745" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L745" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M745" s="11" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13">
+      <c r="A746" s="9">
+        <v>46539.0</v>
+      </c>
+      <c r="B746" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C746" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="D746" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E746" s="10" t="s">
+        <v>2359</v>
+      </c>
+      <c r="F746" s="10" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G746" s="10" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H746" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I746" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J746" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K746" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L746" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M746" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13">
+      <c r="A747" s="9">
+        <v>46541.0</v>
+      </c>
+      <c r="B747" s="10" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C747" s="10" t="s">
+        <v>2363</v>
+      </c>
+      <c r="D747" s="10" t="s">
+        <v>2364</v>
+      </c>
+      <c r="E747" s="10" t="s">
+        <v>2365</v>
+      </c>
+      <c r="F747" s="10" t="s">
+        <v>2366</v>
+      </c>
+      <c r="G747" s="10" t="s">
+        <v>2367</v>
+      </c>
+      <c r="H747" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I747" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J747" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K747" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="L21" s="4" t="s">
+      <c r="L747" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M747" s="11" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13">
+      <c r="A748" s="9">
+        <v>46543.0</v>
+      </c>
+      <c r="B748" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C748" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D748" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E748" s="10" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F748" s="10" t="s">
+        <v>2369</v>
+      </c>
+      <c r="G748" s="10" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H748" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I748" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J748" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K748" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L748" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M748" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13">
+      <c r="A749" s="9">
+        <v>46543.0</v>
+      </c>
+      <c r="B749" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C749" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D749" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E749" s="10" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F749" s="10" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G749" s="10" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H749" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I749" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J749" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K749" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L749" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M749" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13">
+      <c r="A750" s="9">
+        <v>46549.0</v>
+      </c>
+      <c r="B750" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C750" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D750" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E750" s="10" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F750" s="10" t="s">
+        <v>2375</v>
+      </c>
+      <c r="G750" s="10" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H750" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I750" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J750" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K750" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L750" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M750" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13">
+      <c r="A751" s="9">
+        <v>46549.0</v>
+      </c>
+      <c r="B751" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C751" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D751" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E751" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F751" s="10" t="s">
+        <v>2377</v>
+      </c>
+      <c r="G751" s="10" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H751" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I751" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J751" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K751" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L751" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M751" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13">
+      <c r="A752" s="9">
+        <v>46552.0</v>
+      </c>
+      <c r="B752" s="10" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C752" s="10" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D752" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E752" s="10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F752" s="10" t="s">
+        <v>2381</v>
+      </c>
+      <c r="G752" s="10" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H752" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I752" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J752" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K752" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L752" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M752" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13">
+      <c r="A753" s="9">
+        <v>46553.0</v>
+      </c>
+      <c r="B753" s="10" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C753" s="10" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D753" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E753" s="10" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F753" s="10" t="s">
+        <v>2386</v>
+      </c>
+      <c r="G753" s="10" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H753" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I753" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J753" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K753" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L753" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M753" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13">
+      <c r="A754" s="9">
+        <v>46553.0</v>
+      </c>
+      <c r="B754" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C754" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D754" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E754" s="10" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F754" s="10" t="s">
+        <v>2389</v>
+      </c>
+      <c r="G754" s="10" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H754" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I754" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J754" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K754" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L754" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M754" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13">
+      <c r="A755" s="9">
+        <v>46555.0</v>
+      </c>
+      <c r="B755" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C755" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D755" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="E755" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F755" s="10" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G755" s="10" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H755" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I755" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J755" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K755" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L755" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M755" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13">
+      <c r="A756" s="9">
+        <v>46557.0</v>
+      </c>
+      <c r="B756" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C756" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D756" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E756" s="10" t="s">
+        <v>2393</v>
+      </c>
+      <c r="F756" s="10" t="s">
+        <v>2394</v>
+      </c>
+      <c r="G756" s="10" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H756" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I756" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J756" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K756" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L756" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M756" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13">
+      <c r="A757" s="9">
+        <v>46566.0</v>
+      </c>
+      <c r="B757" s="10" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C757" s="10" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D757" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E757" s="10" t="s">
+        <v>2398</v>
+      </c>
+      <c r="F757" s="10" t="s">
+        <v>2399</v>
+      </c>
+      <c r="G757" s="10" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H757" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I757" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J757" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K757" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L757" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M757" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13">
+      <c r="A758" s="9">
+        <v>46567.0</v>
+      </c>
+      <c r="B758" s="10" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C758" s="10" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D758" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E758" s="10" t="s">
+        <v>2403</v>
+      </c>
+      <c r="F758" s="10" t="s">
+        <v>2404</v>
+      </c>
+      <c r="G758" s="10" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H758" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I758" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J758" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K758" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L758" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M758" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="M21" s="5" t="s">
-[...19 lines deleted...]
-      <c r="F22" s="4" t="s">
+    </row>
+    <row r="759" spans="1:13">
+      <c r="A759" s="9">
+        <v>46567.0</v>
+      </c>
+      <c r="B759" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C759" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D759" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E759" s="10" t="s">
+        <v>2406</v>
+      </c>
+      <c r="F759" s="10" t="s">
+        <v>2407</v>
+      </c>
+      <c r="G759" s="10" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H759" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I759" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J759" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K759" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L759" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M759" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13">
+      <c r="A760" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B760" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C760" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D760" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E760" s="10" t="s">
+        <v>2409</v>
+      </c>
+      <c r="F760" s="10" t="s">
+        <v>2410</v>
+      </c>
+      <c r="G760" s="10" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H760" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I760" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J760" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K760" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L760" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M760" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13">
+      <c r="A761" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B761" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C761" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D761" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E761" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F761" s="10" t="s">
+        <v>2412</v>
+      </c>
+      <c r="G761" s="10" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H761" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I761" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J761" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K761" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L761" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M761" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13">
+      <c r="A762" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B762" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C762" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D762" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E762" s="10" t="s">
+        <v>2414</v>
+      </c>
+      <c r="F762" s="10" t="s">
+        <v>2415</v>
+      </c>
+      <c r="G762" s="10" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H762" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I762" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J762" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K762" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L762" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M762" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13">
+      <c r="A763" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B763" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="C763" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D763" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E763" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="F763" s="10" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G763" s="10" t="s">
+        <v>2418</v>
+      </c>
+      <c r="H763" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I763" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J763" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K763" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L763" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M763" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13">
+      <c r="A764" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B764" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C764" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D764" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E764" s="10" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F764" s="10" t="s">
+        <v>2422</v>
+      </c>
+      <c r="G764" s="10" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H764" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I764" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J764" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K764" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L764" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M764" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13">
+      <c r="A765" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B765" s="10" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C765" s="10" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D765" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E765" s="10" t="s">
+        <v>2426</v>
+      </c>
+      <c r="F765" s="10" t="s">
+        <v>2427</v>
+      </c>
+      <c r="G765" s="10" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H765" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I765" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J765" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K765" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L765" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="G22" s="4" t="s">
+      <c r="M765" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13">
+      <c r="A766" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B766" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C766" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D766" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E766" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F766" s="10" t="s">
+        <v>2429</v>
+      </c>
+      <c r="G766" s="10" t="s">
+        <v>2430</v>
+      </c>
+      <c r="H766" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I766" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J766" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K766" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L766" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M766" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13">
+      <c r="A767" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B767" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C767" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D767" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E767" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="F767" s="10" t="s">
+        <v>2431</v>
+      </c>
+      <c r="G767" s="10" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H767" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I767" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J767" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K767" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L767" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M767" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13">
+      <c r="A768" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B768" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C768" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D768" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E768" s="10" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F768" s="10" t="s">
+        <v>2434</v>
+      </c>
+      <c r="G768" s="10" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H768" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I768" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J768" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K768" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L768" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="M768" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13">
+      <c r="A769" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B769" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C769" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D769" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E769" s="10" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F769" s="10" t="s">
+        <v>2437</v>
+      </c>
+      <c r="G769" s="10" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H769" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I769" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J769" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K769" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L769" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M769" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13">
+      <c r="A770" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B770" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C770" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D770" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E770" s="10" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F770" s="10" t="s">
+        <v>2440</v>
+      </c>
+      <c r="G770" s="10" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H770" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I770" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J770" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K770" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L770" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M770" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13">
+      <c r="A771" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B771" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C771" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D771" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E771" s="10" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F771" s="10" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G771" s="10" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H771" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I771" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J771" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K771" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L771" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M771" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13">
+      <c r="A772" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B772" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C772" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D772" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E772" s="10" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F772" s="10" t="s">
+        <v>2446</v>
+      </c>
+      <c r="G772" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H772" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I772" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J772" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K772" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L772" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M772" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13">
+      <c r="A773" s="9">
+        <v>46568.0</v>
+      </c>
+      <c r="B773" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C773" s="10" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D773" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E773" s="10" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F773" s="10" t="s">
+        <v>2451</v>
+      </c>
+      <c r="G773" s="10" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H773" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I773" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J773" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K773" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L773" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M773" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13">
+      <c r="A774" s="9">
+        <v>46575.0</v>
+      </c>
+      <c r="B774" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C774" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D774" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E774" s="10" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F774" s="10" t="s">
+        <v>2454</v>
+      </c>
+      <c r="G774" s="10" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H774" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I774" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J774" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K774" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L774" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M774" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13">
+      <c r="A775" s="9">
+        <v>46580.0</v>
+      </c>
+      <c r="B775" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C775" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D775" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E775" s="10" t="s">
+        <v>873</v>
+      </c>
+      <c r="F775" s="10" t="s">
+        <v>2456</v>
+      </c>
+      <c r="G775" s="10" t="s">
+        <v>2457</v>
+      </c>
+      <c r="H775" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I775" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J775" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K775" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L775" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M775" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13">
+      <c r="A776" s="9">
+        <v>46598.0</v>
+      </c>
+      <c r="B776" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C776" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D776" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E776" s="10" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F776" s="10" t="s">
+        <v>2459</v>
+      </c>
+      <c r="G776" s="10" t="s">
+        <v>2460</v>
+      </c>
+      <c r="H776" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I776" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J776" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K776" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L776" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M776" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13">
+      <c r="A777" s="9">
+        <v>46598.0</v>
+      </c>
+      <c r="B777" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C777" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D777" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E777" s="10" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F777" s="10" t="s">
+        <v>2461</v>
+      </c>
+      <c r="G777" s="10" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H777" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I777" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J777" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K777" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L777" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M777" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13">
+      <c r="A778" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B778" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C778" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D778" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E778" s="10" t="s">
+        <v>2463</v>
+      </c>
+      <c r="F778" s="10" t="s">
+        <v>2464</v>
+      </c>
+      <c r="G778" s="10" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H778" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I778" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J778" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K778" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L778" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M778" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13">
+      <c r="A779" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B779" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C779" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D779" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E779" s="10" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F779" s="10" t="s">
+        <v>2467</v>
+      </c>
+      <c r="G779" s="10" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H779" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I779" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J779" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K779" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L779" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M779" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13">
+      <c r="A780" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B780" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C780" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D780" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E780" s="10" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F780" s="10" t="s">
+        <v>2470</v>
+      </c>
+      <c r="G780" s="10" t="s">
+        <v>2471</v>
+      </c>
+      <c r="H780" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I780" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J780" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K780" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L780" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M780" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13">
+      <c r="A781" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B781" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C781" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D781" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E781" s="10" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F781" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G781" s="10" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H781" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I781" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J781" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K781" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L781" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M781" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13">
+      <c r="A782" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B782" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C782" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D782" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E782" s="10" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F782" s="10" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G782" s="10" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H782" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I782" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J782" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K782" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L782" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M782" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13">
+      <c r="A783" s="9">
+        <v>46599.0</v>
+      </c>
+      <c r="B783" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C783" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="D783" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E783" s="10" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F783" s="10" t="s">
+        <v>2478</v>
+      </c>
+      <c r="G783" s="10" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H783" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I783" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J783" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K783" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L783" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M783" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13">
+      <c r="A784" s="9">
+        <v>46601.0</v>
+      </c>
+      <c r="B784" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C784" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D784" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E784" s="10" t="s">
+        <v>2480</v>
+      </c>
+      <c r="F784" s="10" t="s">
+        <v>2481</v>
+      </c>
+      <c r="G784" s="10" t="s">
+        <v>2482</v>
+      </c>
+      <c r="H784" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I784" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J784" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K784" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L784" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M784" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13">
+      <c r="A785" s="9">
+        <v>46608.0</v>
+      </c>
+      <c r="B785" s="10" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C785" s="10" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D785" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E785" s="10" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F785" s="10" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G785" s="10" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H785" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I785" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J785" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K785" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L785" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M785" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13">
+      <c r="A786" s="9">
+        <v>46612.0</v>
+      </c>
+      <c r="B786" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C786" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D786" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E786" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F786" s="10" t="s">
+        <v>2488</v>
+      </c>
+      <c r="G786" s="10" t="s">
+        <v>2460</v>
+      </c>
+      <c r="H786" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I786" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J786" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K786" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L786" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M786" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13">
+      <c r="A787" s="9">
+        <v>46613.0</v>
+      </c>
+      <c r="B787" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C787" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D787" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E787" s="10" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F787" s="10" t="s">
+        <v>2490</v>
+      </c>
+      <c r="G787" s="10" t="s">
+        <v>2491</v>
+      </c>
+      <c r="H787" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I787" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J787" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K787" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L787" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M787" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13">
+      <c r="A788" s="9">
+        <v>46616.0</v>
+      </c>
+      <c r="B788" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C788" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D788" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E788" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F788" s="10" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G788" s="10" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H788" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I788" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J788" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K788" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L788" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M788" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13">
+      <c r="A789" s="9">
+        <v>46619.0</v>
+      </c>
+      <c r="B789" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C789" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D789" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E789" s="10" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F789" s="10" t="s">
+        <v>2495</v>
+      </c>
+      <c r="G789" s="10" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H789" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I789" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J789" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K789" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L789" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M789" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13">
+      <c r="A790" s="9">
+        <v>46620.0</v>
+      </c>
+      <c r="B790" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C790" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D790" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E790" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="F790" s="10" t="s">
+        <v>2497</v>
+      </c>
+      <c r="G790" s="10" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H790" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I790" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J790" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K790" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L790" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M790" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13">
+      <c r="A791" s="9">
+        <v>46623.0</v>
+      </c>
+      <c r="B791" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C791" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D791" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E791" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="F791" s="10" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G791" s="10" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H791" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I791" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J791" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K791" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L791" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M791" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13">
+      <c r="A792" s="9">
+        <v>46626.0</v>
+      </c>
+      <c r="B792" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C792" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D792" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E792" s="10" t="s">
+        <v>873</v>
+      </c>
+      <c r="F792" s="10" t="s">
+        <v>2501</v>
+      </c>
+      <c r="G792" s="10" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H792" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I792" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J792" s="10" t="s">
         <v>61</v>
       </c>
-      <c r="H22" s="4" t="s">
+      <c r="K792" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L792" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M792" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13">
+      <c r="A793" s="9">
+        <v>46627.0</v>
+      </c>
+      <c r="B793" s="10" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C793" s="10" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D793" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E793" s="10" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F793" s="10" t="s">
+        <v>2506</v>
+      </c>
+      <c r="G793" s="10" t="s">
+        <v>2507</v>
+      </c>
+      <c r="H793" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I793" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J793" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K793" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L793" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M793" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13">
+      <c r="A794" s="9">
+        <v>46629.0</v>
+      </c>
+      <c r="B794" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C794" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="D794" s="10" t="s">
+        <v>2508</v>
+      </c>
+      <c r="E794" s="10" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F794" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="G794" s="10" t="s">
+        <v>2511</v>
+      </c>
+      <c r="H794" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I794" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J794" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K794" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L794" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M794" s="11" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13">
+      <c r="A795" s="9">
+        <v>46629.0</v>
+      </c>
+      <c r="B795" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C795" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D795" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E795" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F795" s="10" t="s">
+        <v>2513</v>
+      </c>
+      <c r="G795" s="10" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H795" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I795" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J795" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K795" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L795" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M795" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13">
+      <c r="A796" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B796" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C796" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D796" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E796" s="10" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F796" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G796" s="10" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H796" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I796" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J796" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K796" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="J22" s="4" t="s">
+      <c r="L796" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M796" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13">
+      <c r="A797" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B797" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C797" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D797" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E797" s="10" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F797" s="10" t="s">
+        <v>2518</v>
+      </c>
+      <c r="G797" s="10" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H797" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I797" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J797" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K797" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L797" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M797" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13">
+      <c r="A798" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B798" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C798" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D798" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E798" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F798" s="10" t="s">
+        <v>2519</v>
+      </c>
+      <c r="G798" s="10" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H798" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I798" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J798" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K798" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L798" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M798" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13">
+      <c r="A799" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B799" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C799" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D799" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E799" s="10" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F799" s="10" t="s">
+        <v>2521</v>
+      </c>
+      <c r="G799" s="10" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H799" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I799" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J799" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K799" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L799" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M799" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13">
+      <c r="A800" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B800" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C800" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D800" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E800" s="10" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F800" s="10" t="s">
+        <v>2524</v>
+      </c>
+      <c r="G800" s="10" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H800" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I800" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J800" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K800" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L800" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M800" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13">
+      <c r="A801" s="9">
+        <v>46630.0</v>
+      </c>
+      <c r="B801" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C801" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D801" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E801" s="10" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F801" s="10" t="s">
+        <v>2527</v>
+      </c>
+      <c r="G801" s="10" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H801" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I801" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J801" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K801" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L801" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M801" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13">
+      <c r="A802" s="9">
+        <v>46631.0</v>
+      </c>
+      <c r="B802" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="C802" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D802" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E802" s="10" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F802" s="10" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G802" s="10" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H802" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I802" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J802" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K802" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L802" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M802" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13">
+      <c r="A803" s="9">
+        <v>46631.0</v>
+      </c>
+      <c r="B803" s="10" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C803" s="10" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D803" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E803" s="10" t="s">
+        <v>2532</v>
+      </c>
+      <c r="F803" s="10" t="s">
+        <v>2533</v>
+      </c>
+      <c r="G803" s="10" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H803" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I803" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J803" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K803" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L803" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M803" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13">
+      <c r="A804" s="9">
+        <v>46635.0</v>
+      </c>
+      <c r="B804" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C804" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D804" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E804" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="F804" s="10" t="s">
+        <v>2535</v>
+      </c>
+      <c r="G804" s="10" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H804" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I804" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J804" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K804" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L804" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M804" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13">
+      <c r="A805" s="9">
+        <v>46638.0</v>
+      </c>
+      <c r="B805" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C805" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D805" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E805" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F805" s="10" t="s">
+        <v>2537</v>
+      </c>
+      <c r="G805" s="10" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H805" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I805" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J805" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K805" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L805" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M805" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13">
+      <c r="A806" s="9">
+        <v>46638.0</v>
+      </c>
+      <c r="B806" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="C806" s="10" t="s">
+        <v>778</v>
+      </c>
+      <c r="D806" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E806" s="10" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F806" s="10" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G806" s="10" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H806" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I806" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J806" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K806" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L806" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M806" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13">
+      <c r="A807" s="9">
+        <v>46638.0</v>
+      </c>
+      <c r="B807" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C807" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D807" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E807" s="10" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F807" s="10" t="s">
+        <v>2543</v>
+      </c>
+      <c r="G807" s="10" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H807" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I807" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J807" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K807" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L807" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="M807" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13">
+      <c r="A808" s="9">
+        <v>46639.0</v>
+      </c>
+      <c r="B808" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C808" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D808" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E808" s="10" t="s">
+        <v>2545</v>
+      </c>
+      <c r="F808" s="10" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G808" s="10" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H808" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I808" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J808" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K808" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L808" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M808" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13">
+      <c r="A809" s="9">
+        <v>46639.0</v>
+      </c>
+      <c r="B809" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C809" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D809" s="10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E809" s="10" t="s">
+        <v>2548</v>
+      </c>
+      <c r="F809" s="10" t="s">
+        <v>2549</v>
+      </c>
+      <c r="G809" s="10" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H809" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I809" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J809" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K809" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L809" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M809" s="11" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13">
+      <c r="A810" s="9">
+        <v>46642.0</v>
+      </c>
+      <c r="B810" s="10" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C810" s="10" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D810" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E810" s="10" t="s">
+        <v>2553</v>
+      </c>
+      <c r="F810" s="10" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G810" s="10" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H810" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I810" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J810" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K810" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L810" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="M810" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13">
+      <c r="A811" s="9">
+        <v>46645.0</v>
+      </c>
+      <c r="B811" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C811" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D811" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E811" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="F811" s="10" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G811" s="10" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H811" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I811" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J811" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K811" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L811" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M811" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13">
+      <c r="A812" s="9">
+        <v>46645.0</v>
+      </c>
+      <c r="B812" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="C812" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D812" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E812" s="10" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F812" s="10" t="s">
+        <v>2559</v>
+      </c>
+      <c r="G812" s="10" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H812" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I812" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J812" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K812" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L812" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M812" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13">
+      <c r="A813" s="9">
+        <v>46646.0</v>
+      </c>
+      <c r="B813" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C813" s="10" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D813" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E813" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="F813" s="10" t="s">
+        <v>2561</v>
+      </c>
+      <c r="G813" s="10" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H813" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I813" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J813" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K813" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L813" s="10" t="s">
+        <v>851</v>
+      </c>
+      <c r="M813" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13">
+      <c r="A814" s="9">
+        <v>46647.0</v>
+      </c>
+      <c r="B814" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C814" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D814" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E814" s="10" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F814" s="10" t="s">
+        <v>2564</v>
+      </c>
+      <c r="G814" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="H814" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I814" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J814" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K814" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L814" s="10" t="s">
+        <v>851</v>
+      </c>
+      <c r="M814" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13">
+      <c r="A815" s="9">
+        <v>46648.0</v>
+      </c>
+      <c r="B815" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C815" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D815" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E815" s="10" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F815" s="10" t="s">
+        <v>2567</v>
+      </c>
+      <c r="G815" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="H815" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I815" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J815" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K815" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L815" s="10" t="s">
+        <v>1806</v>
+      </c>
+      <c r="M815" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13">
+      <c r="A816" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B816" s="10" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C816" s="10" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D816" s="10" t="s">
+        <v>2570</v>
+      </c>
+      <c r="E816" s="10" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F816" s="10" t="s">
+        <v>2571</v>
+      </c>
+      <c r="G816" s="10" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H816" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I816" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J816" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K816" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L816" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M816" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13">
+      <c r="A817" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B817" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C817" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D817" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E817" s="10" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F817" s="10" t="s">
+        <v>2574</v>
+      </c>
+      <c r="G817" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H817" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I817" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J817" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K817" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L817" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M817" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13">
+      <c r="A818" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B818" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C818" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D818" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E818" s="10" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F818" s="10" t="s">
+        <v>2577</v>
+      </c>
+      <c r="G818" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H818" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I818" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J818" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K818" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L818" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M818" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13">
+      <c r="A819" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B819" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C819" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D819" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E819" s="10" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F819" s="10" t="s">
+        <v>2578</v>
+      </c>
+      <c r="G819" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H819" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I819" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J819" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K819" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L819" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M819" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13">
+      <c r="A820" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B820" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C820" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D820" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E820" s="10" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F820" s="10" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G820" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H820" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I820" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J820" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K820" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L820" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M820" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13">
+      <c r="A821" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B821" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C821" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D821" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E821" s="10" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F821" s="10" t="s">
+        <v>2582</v>
+      </c>
+      <c r="G821" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H821" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I821" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J821" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K821" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L821" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M821" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13">
+      <c r="A822" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B822" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C822" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D822" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E822" s="10" t="s">
+        <v>2583</v>
+      </c>
+      <c r="F822" s="10" t="s">
+        <v>2584</v>
+      </c>
+      <c r="G822" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H822" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I822" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J822" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K822" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L822" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M822" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13">
+      <c r="A823" s="9">
+        <v>46649.0</v>
+      </c>
+      <c r="B823" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C823" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D823" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E823" s="10" t="s">
+        <v>2585</v>
+      </c>
+      <c r="F823" s="10" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G823" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H823" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I823" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J823" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K823" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L823" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M823" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13">
+      <c r="A824" s="9">
+        <v>46651.0</v>
+      </c>
+      <c r="B824" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C824" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D824" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E824" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="F824" s="10" t="s">
+        <v>2587</v>
+      </c>
+      <c r="G824" s="10" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H824" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I824" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J824" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K824" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L824" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M824" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13">
+      <c r="A825" s="9">
+        <v>46651.0</v>
+      </c>
+      <c r="B825" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C825" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D825" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E825" s="10" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F825" s="10" t="s">
+        <v>2589</v>
+      </c>
+      <c r="G825" s="10" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H825" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I825" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J825" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K825" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L825" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M825" s="11" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13">
+      <c r="A826" s="9">
+        <v>46652.0</v>
+      </c>
+      <c r="B826" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C826" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D826" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E826" s="10" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F826" s="10" t="s">
+        <v>2591</v>
+      </c>
+      <c r="G826" s="10" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H826" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I826" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J826" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K826" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L826" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M826" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13">
+      <c r="A827" s="9">
+        <v>46653.0</v>
+      </c>
+      <c r="B827" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="C827" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D827" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E827" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F827" s="10" t="s">
+        <v>2593</v>
+      </c>
+      <c r="G827" s="10" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H827" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I827" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J827" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K827" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L827" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M827" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13">
+      <c r="A828" s="9">
+        <v>46653.0</v>
+      </c>
+      <c r="B828" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C828" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="D828" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E828" s="10" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F828" s="10" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G828" s="10" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H828" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I828" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J828" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K828" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L828" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M828" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13">
+      <c r="A829" s="9">
+        <v>46654.0</v>
+      </c>
+      <c r="B829" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C829" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D829" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E829" s="10" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F829" s="10" t="s">
+        <v>2599</v>
+      </c>
+      <c r="G829" s="10" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H829" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I829" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J829" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K829" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L829" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="M829" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13">
+      <c r="A830" s="9">
+        <v>46654.0</v>
+      </c>
+      <c r="B830" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C830" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D830" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="E830" s="10" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F830" s="10" t="s">
+        <v>2602</v>
+      </c>
+      <c r="G830" s="10" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H830" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I830" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J830" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K830" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L830" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M830" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13">
+      <c r="A831" s="9">
+        <v>46654.0</v>
+      </c>
+      <c r="B831" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C831" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D831" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E831" s="10" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F831" s="10" t="s">
+        <v>2605</v>
+      </c>
+      <c r="G831" s="10" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H831" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I831" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J831" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K831" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L831" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M831" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13">
+      <c r="A832" s="9">
+        <v>46654.0</v>
+      </c>
+      <c r="B832" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C832" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D832" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E832" s="10" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F832" s="10" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G832" s="10" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H832" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I832" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J832" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K832" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L832" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M832" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13">
+      <c r="A833" s="9">
+        <v>46655.0</v>
+      </c>
+      <c r="B833" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C833" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D833" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E833" s="10" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F833" s="10" t="s">
+        <v>2610</v>
+      </c>
+      <c r="G833" s="10" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H833" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I833" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J833" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K833" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L833" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M833" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13">
+      <c r="A834" s="9">
+        <v>46657.0</v>
+      </c>
+      <c r="B834" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C834" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D834" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E834" s="10" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F834" s="10" t="s">
+        <v>2612</v>
+      </c>
+      <c r="G834" s="10" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H834" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I834" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J834" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K834" s="10" t="s">
+        <v>2202</v>
+      </c>
+      <c r="L834" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="M834" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13">
+      <c r="A835" s="9">
+        <v>46658.0</v>
+      </c>
+      <c r="B835" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C835" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D835" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E835" s="10" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F835" s="10" t="s">
+        <v>2614</v>
+      </c>
+      <c r="G835" s="10" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H835" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I835" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J835" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K835" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L835" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M835" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13">
+      <c r="A836" s="9">
+        <v>46659.0</v>
+      </c>
+      <c r="B836" s="10" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C836" s="10" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D836" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E836" s="10" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F836" s="10" t="s">
+        <v>2617</v>
+      </c>
+      <c r="G836" s="10" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H836" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I836" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J836" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K836" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L836" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M836" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13">
+      <c r="A837" s="9">
+        <v>46659.0</v>
+      </c>
+      <c r="B837" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C837" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="K22" s="4" t="s">
+      <c r="D837" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E837" s="10" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F837" s="10" t="s">
+        <v>2619</v>
+      </c>
+      <c r="G837" s="10" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H837" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I837" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J837" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K837" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="L22" s="4" t="s">
-[...13 lines deleted...]
-      <c r="C23" s="4" t="s">
+      <c r="L837" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M837" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13">
+      <c r="A838" s="9">
+        <v>46659.0</v>
+      </c>
+      <c r="B838" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C838" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D838" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E838" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F838" s="10" t="s">
+        <v>2621</v>
+      </c>
+      <c r="G838" s="10" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H838" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I838" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J838" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K838" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L838" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M838" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13">
+      <c r="A839" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B839" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="C839" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="D839" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E839" s="10" t="s">
+        <v>2623</v>
+      </c>
+      <c r="F839" s="10" t="s">
+        <v>2624</v>
+      </c>
+      <c r="G839" s="10" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H839" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I839" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J839" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K839" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L839" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="M839" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13">
+      <c r="A840" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B840" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C840" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="D840" s="10" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E840" s="10" t="s">
+        <v>2626</v>
+      </c>
+      <c r="F840" s="10" t="s">
+        <v>2627</v>
+      </c>
+      <c r="G840" s="10" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H840" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I840" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J840" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K840" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L840" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M840" s="11" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13">
+      <c r="A841" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B841" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C841" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D841" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E841" s="10" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F841" s="10" t="s">
+        <v>2629</v>
+      </c>
+      <c r="G841" s="10" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H841" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I841" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J841" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K841" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L841" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M841" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13">
+      <c r="A842" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B842" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C842" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D842" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E842" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F842" s="10" t="s">
+        <v>2631</v>
+      </c>
+      <c r="G842" s="10" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H842" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I842" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J842" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K842" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L842" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="M842" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13">
+      <c r="A843" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B843" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C843" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D843" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E843" s="10" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F843" s="10" t="s">
+        <v>2634</v>
+      </c>
+      <c r="G843" s="10" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H843" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I843" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J843" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K843" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L843" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M843" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13">
+      <c r="A844" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B844" s="10" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C844" s="10" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D844" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E844" s="10" t="s">
+        <v>2638</v>
+      </c>
+      <c r="F844" s="10" t="s">
+        <v>2639</v>
+      </c>
+      <c r="G844" s="10" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H844" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I844" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J844" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K844" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L844" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M844" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13">
+      <c r="A845" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B845" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="C845" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D845" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E845" s="10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F845" s="10" t="s">
+        <v>2641</v>
+      </c>
+      <c r="G845" s="10" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H845" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I845" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J845" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K845" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L845" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M845" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13">
+      <c r="A846" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B846" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C846" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D846" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E846" s="10" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F846" s="10" t="s">
+        <v>2644</v>
+      </c>
+      <c r="G846" s="10" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H846" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I846" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J846" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K846" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L846" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M846" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13">
+      <c r="A847" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B847" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C847" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D847" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="E847" s="10" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F847" s="10" t="s">
+        <v>2647</v>
+      </c>
+      <c r="G847" s="10" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H847" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I847" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J847" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K847" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L847" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M847" s="11" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13">
+      <c r="A848" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B848" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C848" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D848" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E848" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="F848" s="10" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G848" s="10" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H848" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I848" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J848" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K848" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L848" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M848" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13">
+      <c r="A849" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B849" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C849" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D849" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E849" s="10" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F849" s="10" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G849" s="10" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H849" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I849" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J849" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K849" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L849" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M849" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13">
+      <c r="A850" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B850" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C850" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D850" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E850" s="10" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F850" s="10" t="s">
+        <v>2655</v>
+      </c>
+      <c r="G850" s="10" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H850" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I850" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J850" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K850" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L850" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="M850" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13">
+      <c r="A851" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B851" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="C851" s="10" t="s">
+        <v>530</v>
+      </c>
+      <c r="D851" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E851" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F851" s="10" t="s">
+        <v>2657</v>
+      </c>
+      <c r="G851" s="10" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H851" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I851" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J851" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K851" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L851" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M851" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13">
+      <c r="A852" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B852" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C852" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D852" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E852" s="10" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F852" s="10" t="s">
+        <v>2660</v>
+      </c>
+      <c r="G852" s="10" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H852" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I852" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J852" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K852" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L852" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M852" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13">
+      <c r="A853" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B853" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C853" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D853" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E853" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="F853" s="10" t="s">
+        <v>2662</v>
+      </c>
+      <c r="G853" s="10" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H853" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I853" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J853" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K853" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L853" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="M853" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13">
+      <c r="A854" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B854" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="D23" s="4" t="s">
+      <c r="C854" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="E23" s="4" t="s">
+      <c r="D854" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E854" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F854" s="10" t="s">
+        <v>2664</v>
+      </c>
+      <c r="G854" s="10" t="s">
+        <v>2665</v>
+      </c>
+      <c r="H854" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I854" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J854" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K854" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L854" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M854" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13">
+      <c r="A855" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B855" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C855" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D855" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E855" s="10" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F855" s="10" t="s">
+        <v>2667</v>
+      </c>
+      <c r="G855" s="10" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H855" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I855" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J855" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K855" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L855" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M855" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13">
+      <c r="A856" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B856" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C856" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D856" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E856" s="10" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F856" s="10" t="s">
+        <v>2670</v>
+      </c>
+      <c r="G856" s="10" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H856" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I856" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J856" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K856" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L856" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M856" s="11" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13">
+      <c r="A857" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B857" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C857" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D857" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E857" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F857" s="10" t="s">
+        <v>2672</v>
+      </c>
+      <c r="G857" s="10" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H857" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I857" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J857" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K857" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L857" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M857" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13">
+      <c r="A858" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B858" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C858" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D858" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E858" s="10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F858" s="10" t="s">
+        <v>2674</v>
+      </c>
+      <c r="G858" s="10" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H858" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I858" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J858" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K858" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L858" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M858" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13">
+      <c r="A859" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B859" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C859" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D859" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E859" s="10" t="s">
+        <v>2676</v>
+      </c>
+      <c r="F859" s="10" t="s">
+        <v>2677</v>
+      </c>
+      <c r="G859" s="10" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H859" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I859" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J859" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K859" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L859" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M859" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13">
+      <c r="A860" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B860" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C860" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D860" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E860" s="10" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F860" s="10" t="s">
+        <v>2680</v>
+      </c>
+      <c r="G860" s="10" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H860" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I860" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J860" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K860" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L860" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M860" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13">
+      <c r="A861" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B861" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C861" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D861" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E861" s="10" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F861" s="10" t="s">
+        <v>2683</v>
+      </c>
+      <c r="G861" s="10" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H861" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I861" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J861" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K861" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L861" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M861" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13">
+      <c r="A862" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B862" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C862" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D862" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E862" s="10" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F862" s="10" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G862" s="10" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H862" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I862" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J862" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K862" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L862" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M862" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13">
+      <c r="A863" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B863" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="C863" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D863" s="10" t="s">
+        <v>2050</v>
+      </c>
+      <c r="E863" s="10" t="s">
+        <v>2688</v>
+      </c>
+      <c r="F863" s="10" t="s">
+        <v>2689</v>
+      </c>
+      <c r="G863" s="10" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H863" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I863" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J863" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K863" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L863" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M863" s="11" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13">
+      <c r="A864" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B864" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="C864" s="10" t="s">
+        <v>972</v>
+      </c>
+      <c r="D864" s="10" t="s">
+        <v>2691</v>
+      </c>
+      <c r="E864" s="10" t="s">
+        <v>2692</v>
+      </c>
+      <c r="F864" s="10" t="s">
+        <v>2693</v>
+      </c>
+      <c r="G864" s="10" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H864" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I864" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J864" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K864" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L864" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M864" s="11" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13">
+      <c r="A865" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B865" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="C865" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D865" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E865" s="10" t="s">
+        <v>2696</v>
+      </c>
+      <c r="F865" s="10" t="s">
+        <v>2697</v>
+      </c>
+      <c r="G865" s="10" t="s">
+        <v>2698</v>
+      </c>
+      <c r="H865" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I865" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J865" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K865" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L865" s="10" t="s">
+        <v>2699</v>
+      </c>
+      <c r="M865" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13">
+      <c r="A866" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B866" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C866" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D866" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E866" s="10" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F866" s="10" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G866" s="10" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H866" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I866" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J866" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K866" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L866" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M866" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13">
+      <c r="A867" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B867" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C867" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D867" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="F23" s="4" t="s">
-[...5 lines deleted...]
-      <c r="H23" s="4" t="s">
+      <c r="E867" s="10" t="s">
+        <v>2703</v>
+      </c>
+      <c r="F867" s="10" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G867" s="10" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H867" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I867" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J867" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K867" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I23" s="4" t="s">
-[...11 lines deleted...]
-      <c r="M23" s="5" t="s">
+      <c r="L867" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M867" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13">
+      <c r="A868" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B868" s="10" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C868" s="10" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D868" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E868" s="10" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F868" s="10" t="s">
+        <v>2709</v>
+      </c>
+      <c r="G868" s="10" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H868" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I868" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J868" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K868" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L868" s="10" t="s">
+        <v>2711</v>
+      </c>
+      <c r="M868" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13">
+      <c r="A869" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B869" s="10" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C869" s="10" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D869" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E869" s="10" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F869" s="10" t="s">
+        <v>2715</v>
+      </c>
+      <c r="G869" s="10" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H869" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I869" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J869" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K869" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L869" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M869" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13">
+      <c r="A870" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B870" s="10" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C870" s="10" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D870" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E870" s="10" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F870" s="10" t="s">
+        <v>2718</v>
+      </c>
+      <c r="G870" s="10" t="s">
+        <v>2719</v>
+      </c>
+      <c r="H870" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I870" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J870" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K870" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L870" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M870" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13">
+      <c r="A871" s="9">
+        <v>46660.0</v>
+      </c>
+      <c r="B871" s="10" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C871" s="10" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D871" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E871" s="10" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F871" s="10" t="s">
+        <v>2723</v>
+      </c>
+      <c r="G871" s="10" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H871" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I871" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J871" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K871" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L871" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="M871" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13">
+      <c r="A872" s="9">
+        <v>46661.0</v>
+      </c>
+      <c r="B872" s="10" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C872" s="10" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D872" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E872" s="10" t="s">
+        <v>2726</v>
+      </c>
+      <c r="F872" s="10" t="s">
+        <v>2727</v>
+      </c>
+      <c r="G872" s="10" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H872" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I872" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J872" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K872" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L872" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M872" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13">
+      <c r="A873" s="9">
+        <v>46661.0</v>
+      </c>
+      <c r="B873" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C873" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D873" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E873" s="10" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F873" s="10" t="s">
+        <v>2730</v>
+      </c>
+      <c r="G873" s="10" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H873" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I873" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J873" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K873" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L873" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M873" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13">
+      <c r="A874" s="9">
+        <v>46661.0</v>
+      </c>
+      <c r="B874" s="10" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C874" s="10" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D874" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E874" s="10" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F874" s="10" t="s">
+        <v>2735</v>
+      </c>
+      <c r="G874" s="10" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H874" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I874" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J874" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K874" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L874" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M874" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13">
+      <c r="A875" s="9">
+        <v>46662.0</v>
+      </c>
+      <c r="B875" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C875" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D875" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E875" s="10" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F875" s="10" t="s">
+        <v>2738</v>
+      </c>
+      <c r="G875" s="10" t="s">
+        <v>2739</v>
+      </c>
+      <c r="H875" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I875" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J875" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K875" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L875" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M875" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13">
+      <c r="A876" s="9">
+        <v>46665.0</v>
+      </c>
+      <c r="B876" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C876" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D876" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E876" s="10" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F876" s="10" t="s">
+        <v>2740</v>
+      </c>
+      <c r="G876" s="10" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H876" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I876" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J876" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K876" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L876" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="M876" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13">
+      <c r="A877" s="9">
+        <v>46672.0</v>
+      </c>
+      <c r="B877" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C877" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D877" s="10" t="s">
+        <v>2742</v>
+      </c>
+      <c r="E877" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="F877" s="10" t="s">
+        <v>2743</v>
+      </c>
+      <c r="G877" s="10" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H877" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I877" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J877" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K877" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L877" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M877" s="11" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13">
+      <c r="A878" s="9">
+        <v>46674.0</v>
+      </c>
+      <c r="B878" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C878" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D878" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E878" s="10" t="s">
+        <v>2745</v>
+      </c>
+      <c r="F878" s="10" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G878" s="10" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H878" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I878" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J878" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K878" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L878" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M878" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13">
+      <c r="A879" s="9">
+        <v>46674.0</v>
+      </c>
+      <c r="B879" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C879" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D879" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E879" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F879" s="10" t="s">
+        <v>2748</v>
+      </c>
+      <c r="G879" s="10" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H879" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I879" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J879" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K879" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L879" s="10" t="s">
         <v>73</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B24" s="4" t="s">
+      <c r="M879" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13">
+      <c r="A880" s="9">
+        <v>46675.0</v>
+      </c>
+      <c r="B880" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C880" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D880" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="E880" s="10" t="s">
+        <v>2750</v>
+      </c>
+      <c r="F880" s="10" t="s">
+        <v>2751</v>
+      </c>
+      <c r="G880" s="10" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H880" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I880" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J880" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K880" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L880" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M880" s="11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13">
+      <c r="A881" s="9">
+        <v>46679.0</v>
+      </c>
+      <c r="B881" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C881" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D881" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E881" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F881" s="10" t="s">
+        <v>2753</v>
+      </c>
+      <c r="G881" s="10" t="s">
+        <v>2754</v>
+      </c>
+      <c r="H881" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I881" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J881" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K881" s="10" t="s">
+        <v>2202</v>
+      </c>
+      <c r="L881" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M881" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13">
+      <c r="A882" s="9">
+        <v>46680.0</v>
+      </c>
+      <c r="B882" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C882" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D882" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E882" s="10" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F882" s="10" t="s">
+        <v>2755</v>
+      </c>
+      <c r="G882" s="10" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H882" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I882" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J882" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K882" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L882" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M882" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13">
+      <c r="A883" s="9">
+        <v>46680.0</v>
+      </c>
+      <c r="B883" s="10" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C883" s="10" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D883" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E883" s="10" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F883" s="10" t="s">
+        <v>2757</v>
+      </c>
+      <c r="G883" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H883" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I883" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J883" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K883" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L883" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M883" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13">
+      <c r="A884" s="9">
+        <v>46690.0</v>
+      </c>
+      <c r="B884" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C884" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D884" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E884" s="10" t="s">
+        <v>2758</v>
+      </c>
+      <c r="F884" s="10" t="s">
+        <v>2759</v>
+      </c>
+      <c r="G884" s="10" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H884" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I884" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J884" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K884" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L884" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M884" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13">
+      <c r="A885" s="9">
+        <v>46691.0</v>
+      </c>
+      <c r="B885" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C885" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D885" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E885" s="10" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F885" s="10" t="s">
+        <v>2762</v>
+      </c>
+      <c r="G885" s="10" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H885" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I885" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J885" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K885" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L885" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M885" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13">
+      <c r="A886" s="9">
+        <v>46691.0</v>
+      </c>
+      <c r="B886" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C886" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D886" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E886" s="10" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F886" s="10" t="s">
+        <v>2765</v>
+      </c>
+      <c r="G886" s="10" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H886" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I886" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J886" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K886" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L886" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M886" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13">
+      <c r="A887" s="9">
+        <v>46691.0</v>
+      </c>
+      <c r="B887" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C887" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D887" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E887" s="10" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F887" s="10" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G887" s="10" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H887" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I887" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J887" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K887" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L887" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M887" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13">
+      <c r="A888" s="9">
+        <v>46691.0</v>
+      </c>
+      <c r="B888" s="10" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C888" s="10" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D888" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E888" s="10" t="s">
+        <v>2770</v>
+      </c>
+      <c r="F888" s="10" t="s">
+        <v>2771</v>
+      </c>
+      <c r="G888" s="10" t="s">
+        <v>2772</v>
+      </c>
+      <c r="H888" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I888" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J888" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K888" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L888" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M888" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13">
+      <c r="A889" s="9">
+        <v>46704.0</v>
+      </c>
+      <c r="B889" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C889" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D889" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E889" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F889" s="10" t="s">
+        <v>2773</v>
+      </c>
+      <c r="G889" s="10" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H889" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="I889" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J889" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K889" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L889" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M889" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13">
+      <c r="A890" s="9">
+        <v>46712.0</v>
+      </c>
+      <c r="B890" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C890" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D890" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E890" s="10" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F890" s="10" t="s">
+        <v>2775</v>
+      </c>
+      <c r="G890" s="10" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H890" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I890" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J890" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K890" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L890" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M890" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13">
+      <c r="A891" s="9">
+        <v>46719.0</v>
+      </c>
+      <c r="B891" s="10" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C891" s="10" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D891" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E891" s="10" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F891" s="10" t="s">
+        <v>2780</v>
+      </c>
+      <c r="G891" s="10" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H891" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I891" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J891" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K891" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L891" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M891" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13">
+      <c r="A892" s="9">
+        <v>46721.0</v>
+      </c>
+      <c r="B892" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C892" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D892" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E892" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F892" s="10" t="s">
+        <v>2782</v>
+      </c>
+      <c r="G892" s="10" t="s">
+        <v>2783</v>
+      </c>
+      <c r="H892" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I892" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J892" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K892" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L892" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M892" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="C24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="4" t="s">
+    </row>
+    <row r="893" spans="1:13">
+      <c r="A893" s="9">
+        <v>46721.0</v>
+      </c>
+      <c r="B893" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C893" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D893" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E893" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F893" s="10" t="s">
+        <v>2784</v>
+      </c>
+      <c r="G893" s="10" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H893" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I893" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J893" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K893" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L893" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M893" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13">
+      <c r="A894" s="9">
+        <v>46721.0</v>
+      </c>
+      <c r="B894" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C894" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D894" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="E24" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G24" s="4" t="s">
+      <c r="E894" s="10" t="s">
+        <v>2786</v>
+      </c>
+      <c r="F894" s="10" t="s">
+        <v>2787</v>
+      </c>
+      <c r="G894" s="10" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H894" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I894" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J894" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K894" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L894" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="M894" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13">
+      <c r="A895" s="9">
+        <v>46721.0</v>
+      </c>
+      <c r="B895" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C895" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D895" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E895" s="10" t="s">
+        <v>2789</v>
+      </c>
+      <c r="F895" s="10" t="s">
+        <v>2790</v>
+      </c>
+      <c r="G895" s="10" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H895" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I895" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J895" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K895" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L895" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M895" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13">
+      <c r="A896" s="9">
+        <v>46723.0</v>
+      </c>
+      <c r="B896" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C896" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D896" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E896" s="10" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F896" s="10" t="s">
+        <v>2793</v>
+      </c>
+      <c r="G896" s="10" t="s">
+        <v>2794</v>
+      </c>
+      <c r="H896" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I896" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J896" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K896" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L896" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M896" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13">
+      <c r="A897" s="9">
+        <v>46724.0</v>
+      </c>
+      <c r="B897" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C897" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D897" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E897" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F897" s="10" t="s">
+        <v>2795</v>
+      </c>
+      <c r="G897" s="10" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H897" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I897" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J897" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K897" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L897" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M897" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13">
+      <c r="A898" s="9">
+        <v>46732.0</v>
+      </c>
+      <c r="B898" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C898" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="D898" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E898" s="10" t="s">
+        <v>2797</v>
+      </c>
+      <c r="F898" s="10" t="s">
+        <v>2798</v>
+      </c>
+      <c r="G898" s="10" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H898" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I898" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J898" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K898" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L898" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M898" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13">
+      <c r="A899" s="9">
+        <v>46735.0</v>
+      </c>
+      <c r="B899" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C899" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D899" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E899" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F899" s="10" t="s">
+        <v>2800</v>
+      </c>
+      <c r="G899" s="10" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H899" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I899" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J899" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K899" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L899" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M899" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13">
+      <c r="A900" s="9">
+        <v>46741.0</v>
+      </c>
+      <c r="B900" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="C900" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="D900" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E900" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="F900" s="10" t="s">
+        <v>2802</v>
+      </c>
+      <c r="G900" s="10" t="s">
+        <v>2803</v>
+      </c>
+      <c r="H900" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I900" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J900" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K900" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L900" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="M900" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13">
+      <c r="A901" s="9">
+        <v>46744.0</v>
+      </c>
+      <c r="B901" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C901" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D901" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E901" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F901" s="10" t="s">
+        <v>2804</v>
+      </c>
+      <c r="G901" s="10" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H901" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I901" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="J901" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K901" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L901" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M901" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13">
+      <c r="A902" s="9">
+        <v>46750.0</v>
+      </c>
+      <c r="B902" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C902" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D902" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E902" s="10" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F902" s="10" t="s">
+        <v>2807</v>
+      </c>
+      <c r="G902" s="10" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H902" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I902" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J902" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K902" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L902" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M902" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13">
+      <c r="A903" s="9">
+        <v>46750.0</v>
+      </c>
+      <c r="B903" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C903" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D903" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E903" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F903" s="10" t="s">
+        <v>2809</v>
+      </c>
+      <c r="G903" s="10" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H903" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I903" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J903" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K903" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L903" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H24" s="4" t="s">
+      <c r="M903" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13">
+      <c r="A904" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B904" s="10" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C904" s="10" t="s">
+        <v>2812</v>
+      </c>
+      <c r="D904" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E904" s="10" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F904" s="10" t="s">
+        <v>2814</v>
+      </c>
+      <c r="G904" s="10" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H904" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I904" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J904" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K904" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I24" s="4" t="s">
-[...11 lines deleted...]
-      <c r="M24" s="5" t="s">
+      <c r="L904" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M904" s="11" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="25" spans="1:13" ht="33.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D25" s="4" t="s">
+    <row r="905" spans="1:13">
+      <c r="A905" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B905" s="10" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C905" s="10" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D905" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E905" s="10" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F905" s="10" t="s">
+        <v>2819</v>
+      </c>
+      <c r="G905" s="10" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H905" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I905" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J905" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K905" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L905" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M905" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13">
+      <c r="A906" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B906" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="C906" s="10" t="s">
+        <v>778</v>
+      </c>
+      <c r="D906" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="E25" s="4" t="s">
-[...8 lines deleted...]
-      <c r="H25" s="4" t="s">
+      <c r="E906" s="10" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F906" s="10" t="s">
+        <v>2822</v>
+      </c>
+      <c r="G906" s="10" t="s">
+        <v>2823</v>
+      </c>
+      <c r="H906" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I906" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J906" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K906" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I25" s="4" t="s">
-[...11 lines deleted...]
-      <c r="M25" s="5" t="s">
+      <c r="L906" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M906" s="11" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="26" spans="1:13" ht="33.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D26" s="4" t="s">
+    <row r="907" spans="1:13">
+      <c r="A907" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B907" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C907" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D907" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E907" s="10" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F907" s="10" t="s">
+        <v>2824</v>
+      </c>
+      <c r="G907" s="10" t="s">
+        <v>2825</v>
+      </c>
+      <c r="H907" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I907" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J907" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K907" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L907" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M907" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13">
+      <c r="A908" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B908" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C908" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D908" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E908" s="10" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F908" s="10" t="s">
+        <v>2827</v>
+      </c>
+      <c r="G908" s="10" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H908" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I908" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J908" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K908" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L908" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M908" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13">
+      <c r="A909" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B909" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C909" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D909" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E909" s="10" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F909" s="10" t="s">
+        <v>2830</v>
+      </c>
+      <c r="G909" s="10" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H909" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I909" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J909" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K909" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L909" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M909" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13">
+      <c r="A910" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B910" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C910" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D910" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E910" s="10" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F910" s="10" t="s">
+        <v>2833</v>
+      </c>
+      <c r="G910" s="10" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H910" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I910" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J910" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K910" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L910" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M910" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13">
+      <c r="A911" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B911" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C911" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D911" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E911" s="10" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F911" s="10" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G911" s="10" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H911" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I911" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J911" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K911" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L911" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M911" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13">
+      <c r="A912" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B912" s="10" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C912" s="10" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D912" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E912" s="10" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F912" s="10" t="s">
+        <v>2840</v>
+      </c>
+      <c r="G912" s="10" t="s">
+        <v>2841</v>
+      </c>
+      <c r="H912" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I912" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J912" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K912" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L912" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M912" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13">
+      <c r="A913" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B913" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C913" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D913" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E913" s="10" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F913" s="10" t="s">
+        <v>2843</v>
+      </c>
+      <c r="G913" s="10" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H913" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I913" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J913" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K913" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L913" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="M913" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13">
+      <c r="A914" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B914" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="C914" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="D914" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E914" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F914" s="10" t="s">
+        <v>2845</v>
+      </c>
+      <c r="G914" s="10" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H914" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I914" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J914" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K914" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L914" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M914" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13">
+      <c r="A915" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B915" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C915" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D915" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E915" s="10" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F915" s="10" t="s">
+        <v>2847</v>
+      </c>
+      <c r="G915" s="10" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H915" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I915" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J915" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K915" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L915" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M915" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13">
+      <c r="A916" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B916" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C916" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D916" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="E26" s="4" t="s">
-[...8 lines deleted...]
-      <c r="H26" s="4" t="s">
+      <c r="E916" s="10" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F916" s="10" t="s">
+        <v>2850</v>
+      </c>
+      <c r="G916" s="10" t="s">
+        <v>2851</v>
+      </c>
+      <c r="H916" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I916" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J916" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K916" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L916" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="M916" s="11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13">
+      <c r="A917" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B917" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="C917" s="10" t="s">
+        <v>431</v>
+      </c>
+      <c r="D917" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E917" s="10" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F917" s="10" t="s">
+        <v>2853</v>
+      </c>
+      <c r="G917" s="10" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H917" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I917" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J917" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K917" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="J26" s="4" t="s">
+      <c r="L917" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M917" s="11" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13">
+      <c r="A918" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B918" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C918" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D918" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E918" s="10" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F918" s="10" t="s">
+        <v>2856</v>
+      </c>
+      <c r="G918" s="10" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H918" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I918" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J918" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K918" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L918" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="M918" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13">
+      <c r="A919" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B919" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C919" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D919" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E919" s="10" t="s">
+        <v>2857</v>
+      </c>
+      <c r="F919" s="10" t="s">
+        <v>2858</v>
+      </c>
+      <c r="G919" s="10" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H919" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I919" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J919" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K919" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L919" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="M919" s="11" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13">
+      <c r="A920" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B920" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C920" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D920" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E920" s="10" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F920" s="10" t="s">
+        <v>2861</v>
+      </c>
+      <c r="G920" s="10" t="s">
+        <v>2862</v>
+      </c>
+      <c r="H920" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I920" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J920" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="K26" s="4" t="s">
-[...31 lines deleted...]
-      <c r="H27" s="4" t="s">
+      <c r="K920" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L920" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M920" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13">
+      <c r="A921" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B921" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C921" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D921" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E921" s="10" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F921" s="10" t="s">
+        <v>2864</v>
+      </c>
+      <c r="G921" s="10" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H921" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="I27" s="4" t="s">
-[...5 lines deleted...]
-      <c r="K27" s="4" t="s">
+      <c r="I921" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J921" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K921" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L921" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="M921" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13">
+      <c r="A922" s="9">
+        <v>46752.0</v>
+      </c>
+      <c r="B922" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C922" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="D922" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E922" s="10" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F922" s="10" t="s">
+        <v>2867</v>
+      </c>
+      <c r="G922" s="10" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H922" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I922" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J922" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K922" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="L27" s="4" t="s">
-[...37 lines deleted...]
-      <c r="K28" s="4" t="s">
+      <c r="L922" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="M922" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13">
+      <c r="A923" s="9">
+        <v>46753.0</v>
+      </c>
+      <c r="B923" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="C923" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D923" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E923" s="10" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F923" s="10" t="s">
+        <v>2869</v>
+      </c>
+      <c r="G923" s="10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H923" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I923" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J923" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K923" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L923" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M923" s="11" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13">
+      <c r="A924" s="9">
+        <v>46755.0</v>
+      </c>
+      <c r="B924" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C924" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D924" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E924" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F924" s="10" t="s">
+        <v>2871</v>
+      </c>
+      <c r="G924" s="10" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H924" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I924" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J924" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K924" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="L28" s="4" t="s">
-[...19 lines deleted...]
-      <c r="E29" s="4" t="s">
+      <c r="L924" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M924" s="11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13">
+      <c r="A925" s="9">
+        <v>46756.0</v>
+      </c>
+      <c r="B925" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C925" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D925" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E925" s="10" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F925" s="10" t="s">
+        <v>2874</v>
+      </c>
+      <c r="G925" s="10" t="s">
+        <v>2875</v>
+      </c>
+      <c r="H925" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="I925" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J925" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K925" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L925" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M925" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13">
+      <c r="A926" s="9">
+        <v>46763.0</v>
+      </c>
+      <c r="B926" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C926" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="D926" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E926" s="10" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F926" s="10" t="s">
+        <v>2876</v>
+      </c>
+      <c r="G926" s="10" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H926" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I926" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J926" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K926" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L926" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M926" s="11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13">
+      <c r="A927" s="9">
+        <v>46763.0</v>
+      </c>
+      <c r="B927" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="C927" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="D927" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E927" s="10" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F927" s="10" t="s">
+        <v>2879</v>
+      </c>
+      <c r="G927" s="10" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H927" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="I927" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J927" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="K927" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="L927" s="10" t="s">
+        <v>2699</v>
+      </c>
+      <c r="M927" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13">
+      <c r="A928" s="9">
+        <v>46766.0</v>
+      </c>
+      <c r="B928" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C928" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D928" s="10" t="s">
         <v>106</v>
       </c>
-      <c r="F29" s="4" t="s">
-[...5 lines deleted...]
-      <c r="H29" s="4" t="s">
+      <c r="E928" s="10" t="s">
+        <v>2881</v>
+      </c>
+      <c r="F928" s="10" t="s">
+        <v>2882</v>
+      </c>
+      <c r="G928" s="10" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H928" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="I928" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J928" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="K928" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="I29" s="4" t="s">
-[...19 lines deleted...]
-      <c r="B30" s="4" t="s">
+      <c r="L928" s="10" t="s">
         <v>110</v>
       </c>
-      <c r="C30" s="4" t="s">
+      <c r="M928" s="11" t="s">
         <v>111</v>
-      </c>
-[...36600 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="A16:M16"/>
-    <mergeCell ref="A17:M17"/>
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="A3:M3"/>
+    <mergeCell ref="A4:M4"/>
+    <mergeCell ref="A5:M5"/>
+    <mergeCell ref="A6:M6"/>
+    <mergeCell ref="A7:M7"/>
+    <mergeCell ref="A8:M8"/>
+    <mergeCell ref="A9:M9"/>
+    <mergeCell ref="A10:M10"/>
     <mergeCell ref="A11:M11"/>
     <mergeCell ref="A12:M12"/>
     <mergeCell ref="A13:M13"/>
     <mergeCell ref="A14:M14"/>
     <mergeCell ref="A15:M15"/>
-    <mergeCell ref="A6:M6"/>
-[...8 lines deleted...]
-    <mergeCell ref="A5:M5"/>
+    <mergeCell ref="A16:M16"/>
+    <mergeCell ref="A17:M17"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A10" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A4" r:id="rId1"/>
+    <hyperlink ref="A8" r:id="rId2"/>
+    <hyperlink ref="A10" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100105221856F89B2439A05860D2603B668" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="67ba0b8b5f650970cd2fbac5a668ec66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3859db8-4538-4697-ab63-284a1ae0ebf7" xmlns:ns3="0434fe9e-aee1-41a3-a68a-e2f7c3742da5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="30cab0aad05b20f839e7d9dcb8fe9e5f" ns2:_="" ns3:_="">
+    <xsd:import namespace="e3859db8-4538-4697-ab63-284a1ae0ebf7"/>
+    <xsd:import namespace="0434fe9e-aee1-41a3-a68a-e2f7c3742da5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Dateofstakeholderengagement" minOccurs="0"/>
+                <xsd:element ref="ns2:Agency_x002d_external" minOccurs="0"/>
+                <xsd:element ref="ns2:Agency_x002d_internal" minOccurs="0"/>
+                <xsd:element ref="ns2:Comments" minOccurs="0"/>
+                <xsd:element ref="ns2:Email" minOccurs="0"/>
+                <xsd:element ref="ns2:phonecall" minOccurs="0"/>
+                <xsd:element ref="ns2:capabilitybriefing" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3859db8-4538-4697-ab63-284a1ae0ebf7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="26d46bd7-4a58-4bc0-a217-7245e6e70419" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Dateofstakeholderengagement" ma:index="22" nillable="true" ma:displayName="Date of stakeholder engagement" ma:format="DateTime" ma:internalName="Dateofstakeholderengagement">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Agency_x002d_external" ma:index="23" nillable="true" ma:displayName="Agency-external" ma:format="Dropdown" ma:internalName="Agency_x002d_external">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Agency_x002d_internal" ma:index="24" nillable="true" ma:displayName="Agency-internal" ma:format="Dropdown" ma:internalName="Agency_x002d_internal">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Comments" ma:index="25" nillable="true" ma:displayName="Comments" ma:format="Dropdown" ma:internalName="Comments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Email" ma:index="26" nillable="true" ma:displayName="Email" ma:format="Dropdown" ma:internalName="Email">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="phonecall" ma:index="27" nillable="true" ma:displayName="phone call" ma:format="Dropdown" ma:internalName="phonecall">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="capabilitybriefing" ma:index="28" nillable="true" ma:displayName="capability briefing" ma:format="Dropdown" ma:internalName="capabilitybriefing">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0434fe9e-aee1-41a3-a68a-e2f7c3742da5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2eeb544f-492c-48cf-a225-bae22cd5516a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0434fe9e-aee1-41a3-a68a-e2f7c3742da5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Agency_x002d_external xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <phonecall xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <Dateofstakeholderengagement xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <Comments xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <Agency_x002d_internal xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <Email xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0434fe9e-aee1-41a3-a68a-e2f7c3742da5" xsi:nil="true"/>
+    <capabilitybriefing xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3859db8-4538-4697-ab63-284a1ae0ebf7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1B4228F-7612-4785-A1E8-51047219FF0A}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA904CED-4DDD-4780-B3EB-C6AA3A159A36}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E940B17F-2E61-48B4-8464-7D6259A1F18C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100105221856F89B2439A05860D2603B668</vt:lpwstr>
+  </property>
+</Properties>
+</file>